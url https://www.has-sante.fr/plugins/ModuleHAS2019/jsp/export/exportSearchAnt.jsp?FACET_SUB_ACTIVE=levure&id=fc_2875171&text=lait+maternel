--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,666 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/03/2021 10:30:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
   </si>
   <si>
     <t>c_272510</t>
-  </si>
-[...88 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400554/fr/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...258 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>