--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,308 +1,707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="62">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 mars 2013</t>
+  </si>
+  <si>
+    <t>06/03/2013 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364406/fr/commission-de-la-transparence-reunion-du-6-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1364406</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TRAJENTA (linagliptine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984912/en/trajenta-linagliptine</t>
+    <t>30/08/2021 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984912/fr/trajenta-linagliptine</t>
   </si>
   <si>
     <t>pprd_2984912</t>
   </si>
   <si>
     <t>linagliptine</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1277891/en/trajenta</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282770/en/trajenta-linagliptine</t>
+    <t>https://www.has-sante.fr/jcms/c_1277891/fr/trajenta-linagliptine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615041/fr/trajenta-linagliptine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282770/fr/trajenta-linagliptine-diabete-de-type-2</t>
   </si>
   <si>
     <t>JENTADUETO (linagliptine/ metformine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>08/30/2021 17:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985002/en/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
+    <t>30/08/2021 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985002/fr/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2985002</t>
   </si>
   <si>
     <t>linagliptine,metformine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1298544/en/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3283458/en/jentadueto-linagliptine/-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_1298544/fr/jentadueto-linagliptine/-metformine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283458/fr/jentadueto-linagliptine/metformine-diabete-de-type-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
-[...11 lines deleted...]
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>23</v>
       </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+      <c r="J2" t="s">
+        <v>51</v>
+      </c>
+      <c r="K2" t="s">
+        <v>52</v>
+      </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="J3" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>