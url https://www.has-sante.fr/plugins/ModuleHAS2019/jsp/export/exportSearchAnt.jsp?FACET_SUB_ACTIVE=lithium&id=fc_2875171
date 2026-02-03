--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -746,51 +746,51 @@
   <si>
     <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
   </si>
   <si>
     <t>01/02/2003 00:00:00</t>
   </si>
   <si>
     <t>01/02/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
   </si>
   <si>
     <t>c_464100</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>ALD n° 23 - Troubles dépressifs récurrents ou persistants chez l’adulte</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>31/01/2025 14:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_767572/fr/ald-n-23-troubles-depressifs-recurrents-ou-persistants-chez-l-adulte</t>
   </si>
   <si>
     <t>c_767572</t>
   </si>