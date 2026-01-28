--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -18,95 +18,110 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome de Phelan-McDermid</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
   </si>
   <si>
     <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
   </si>
@@ -464,51 +479,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -562,77 +577,77 @@
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
@@ -666,597 +681,623 @@
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" t="s">
         <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>51</v>
       </c>
       <c r="H10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>53</v>
       </c>
       <c r="C11" t="s">
         <v>54</v>
       </c>
       <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>55</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>56</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" t="s">
         <v>59</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>62</v>
       </c>
       <c r="H12" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C4" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D4" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C5" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H5" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C6" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D6" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E6" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="H6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D7" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="E7" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H7" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C8" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D8" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E8" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H8" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
+        <v>112</v>
+      </c>
+      <c r="C9" t="s">
         <v>107</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E9" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H9" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D10" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E10" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H10" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C11" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D11" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E11" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H11" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>