--- v0 (2025-11-10)
+++ v1 (2026-02-16)
@@ -9,98 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
   </si>
   <si>
     <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
   </si>
   <si>
     <t>26/09/2018 00:00:00</t>
   </si>
   <si>
     <t>20/12/2018 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
   </si>
   <si>
     <t>c_2579748</t>
   </si>
   <si>
     <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
   </si>
   <si>
     <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
   </si>
@@ -158,179 +176,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>