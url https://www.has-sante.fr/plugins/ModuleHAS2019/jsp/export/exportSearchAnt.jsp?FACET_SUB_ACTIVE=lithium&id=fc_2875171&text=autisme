--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,451 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>26/03/2018 05:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
-[...245 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Prise en charge implanto-prothétique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
-  </si>
-[...19 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -485,585 +209,43 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...102 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...436 lines deleted...]
-  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>