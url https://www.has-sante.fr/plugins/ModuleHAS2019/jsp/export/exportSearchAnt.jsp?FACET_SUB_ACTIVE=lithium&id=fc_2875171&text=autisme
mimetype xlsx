--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,175 +1,484 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="122">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 septembre 2017</t>
+  </si>
+  <si>
+    <t>15/09/2017 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2793565</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +518,637 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D8" t="s">
+        <v>83</v>
+      </c>
+      <c r="E8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>85</v>
+      </c>
+      <c r="H8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>89</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>90</v>
+      </c>
+      <c r="H9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>94</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>95</v>
+      </c>
+      <c r="H10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>100</v>
+      </c>
+      <c r="H11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" t="s">
+        <v>110</v>
+      </c>
+      <c r="D3" t="s">
+        <v>111</v>
+      </c>
+      <c r="E3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>113</v>
+      </c>
+      <c r="H3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
+      </c>
+      <c r="I2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>