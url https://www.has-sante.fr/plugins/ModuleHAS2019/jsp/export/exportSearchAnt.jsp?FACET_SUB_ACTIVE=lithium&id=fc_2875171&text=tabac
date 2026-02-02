--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="279">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -639,50 +639,65 @@
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Syndrome néphrotique idiopathique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/12/2014 16:52:00</t>
   </si>
@@ -1925,51 +1940,51 @@
       </c>
       <c r="D26" t="s">
         <v>186</v>
       </c>
       <c r="E26" t="s">
         <v>187</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
         <v>188</v>
       </c>
       <c r="H26" t="s">
         <v>189</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2111,491 +2126,517 @@
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>190</v>
       </c>
       <c r="B7" t="s">
         <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>218</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
         <v>219</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
         <v>220</v>
       </c>
       <c r="H7" t="s">
         <v>221</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>190</v>
+      </c>
+      <c r="B8" t="s">
+        <v>222</v>
+      </c>
+      <c r="C8" t="s">
+        <v>223</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>224</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>225</v>
+      </c>
+      <c r="H8" t="s">
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B2" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="H2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B3" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C3" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D3" t="s">
         <v>138</v>
       </c>
       <c r="E3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="H3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B4" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C4" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D4" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E4" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H4" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="H2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="I2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H4" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="I4" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B2" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H2" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B2" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H2" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>