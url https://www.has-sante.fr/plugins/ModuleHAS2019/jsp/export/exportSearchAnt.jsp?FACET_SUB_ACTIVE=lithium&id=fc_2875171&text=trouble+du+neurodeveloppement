--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
   </si>
@@ -275,387 +290,413 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>40</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>51</v>
       </c>
       <c r="H9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="s">
         <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>56</v>
       </c>
       <c r="H10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>60</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>61</v>
       </c>
       <c r="H11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>65</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>66</v>
       </c>
       <c r="H12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>68</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>