--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,157 +1,424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Études et Rapports" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="101">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KALETRA (lopinavir/ ritonavir)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>pprd_2982922</t>
+  </si>
+  <si>
+    <t>lopinavir,ritonavir</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818401/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/fr/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +432,655 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>79</v>
+      </c>
+      <c r="J1" t="s">
+        <v>80</v>
+      </c>
+      <c r="K1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
+        <v>87</v>
+      </c>
+      <c r="J2" t="s">
+        <v>88</v>
+      </c>
+      <c r="K2" t="s">
+        <v>89</v>
+      </c>
+      <c r="L2" t="s">
+        <v>90</v>
+      </c>
+      <c r="M2" t="s">
+        <v>91</v>
+      </c>
+      <c r="N2" t="s">
+        <v>92</v>
+      </c>
+      <c r="O2" t="s">
+        <v>93</v>
+      </c>
+      <c r="P2" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>99</v>
+      </c>
+      <c r="H2" t="s">
+        <v>100</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>