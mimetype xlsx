--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -110,93 +110,204 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
   </si>
   <si>
     <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
   </si>
   <si>
     <t>15/09/2004 00:00:00</t>
   </si>
   <si>
     <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Syndrome de Myhre</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
   </si>
   <si>
     <t>p_3689386</t>
   </si>
   <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+  </si>
+  <si>
+    <t>c_534673</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
     <t>Glomérulonéphrite Extra-Membraneuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
   </si>
   <si>
     <t>p_3392035</t>
   </si>
   <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
     <t>Amylose AA</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>15/06/2020 14:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
   </si>
   <si>
     <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
   </si>
   <si>
     <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
   </si>
   <si>
     <t>26/09/2018 00:00:00</t>
   </si>
   <si>
     <t>20/12/2018 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
   </si>
   <si>
     <t>c_2579748</t>
   </si>
   <si>
     <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
   </si>
@@ -518,51 +629,51 @@
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -613,452 +724,634 @@
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D2" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="E3" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="C4" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="E4" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>58</v>
+        <v>95</v>
       </c>
       <c r="H4" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>97</v>
       </c>
       <c r="C5" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="E5" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="H5" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="D2" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>108</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="C3" t="s">
-        <v>74</v>
+        <v>111</v>
       </c>
       <c r="D3" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="E3" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>114</v>
       </c>
       <c r="H3" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>81</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
-        <v>82</v>
+        <v>119</v>
       </c>
       <c r="E2" t="s">
-        <v>83</v>
+        <v>120</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>84</v>
+        <v>121</v>
       </c>
       <c r="H2" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>116</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="C3" t="s">
-        <v>87</v>
+        <v>124</v>
       </c>
       <c r="D3" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
       <c r="E3" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>90</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="C2" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="D2" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>