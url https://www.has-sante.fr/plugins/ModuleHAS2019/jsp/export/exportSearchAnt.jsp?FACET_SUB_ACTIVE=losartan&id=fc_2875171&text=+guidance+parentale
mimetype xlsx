--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="25">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Glomérulonéphrite Extra-Membraneuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
   </si>
   <si>
     <t>p_3392035</t>
   </si>
   <si>
     <t>Épidermolyses bulleuses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
   </si>
   <si>
     <t>c_2028188</t>
   </si>
@@ -119,51 +134,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,43 +218,69 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>