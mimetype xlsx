--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -98,51 +98,51 @@
   <si>
     <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
   </si>
   <si>
     <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
   </si>
   <si>
     <t>06/01/2022 00:00:00</t>
   </si>
   <si>
     <t>14/01/2022 11:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
   </si>
   <si>
     <t>p_3309579</t>
   </si>
   <si>
     <t>Syndrome de Marfan et apparentés</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>18/11/2025 00:00:00</t>
+    <t>05/12/2025 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
   </si>
   <si>
     <t>c_676981</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
 </sst>
 </file>
 