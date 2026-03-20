--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -8,62 +8,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="286">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
@@ -116,50 +116,161 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
     <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
   </si>
   <si>
     <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
   </si>
   <si>
     <t>01/06/2011 00:00:00</t>
   </si>
   <si>
     <t>13/07/2011 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
   </si>
   <si>
     <t>c_1069254</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome de Weaver</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>15/12/2025 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
   </si>
   <si>
     <t>p_3793849</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
@@ -411,161 +522,50 @@
     <t>29/04/2016 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
   </si>
   <si>
     <t>c_2628561</t>
   </si>
   <si>
     <t>ALD n°17 - Mucopolysaccharidose de type I</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
   </si>
   <si>
     <t>13/06/2007 00:00:00</t>
   </si>
   <si>
     <t>08/08/2007 17:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
   </si>
   <si>
     <t>c_569717</t>
-  </si>
-[...109 lines deleted...]
-    <t>c_272224</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
   </si>
   <si>
     <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
   </si>
   <si>
     <t>10/12/2007 18:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
   </si>
   <si>
     <t>c_611969</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
@@ -1056,769 +1056,769 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="H5" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="C6" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="H6" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="C7" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="H7" t="s">
-        <v>58</v>
+        <v>95</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>96</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>97</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="H8" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="C9" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="H9" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="C10" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>108</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="H10" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>77</v>
+        <v>114</v>
       </c>
       <c r="H11" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>116</v>
       </c>
       <c r="C12" t="s">
-        <v>80</v>
+        <v>117</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>118</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>82</v>
+        <v>119</v>
       </c>
       <c r="H12" t="s">
-        <v>83</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>121</v>
       </c>
       <c r="C13" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="D13" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="E13" t="s">
-        <v>87</v>
+        <v>124</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
       <c r="H13" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
-        <v>90</v>
+        <v>127</v>
       </c>
       <c r="C14" t="s">
-        <v>91</v>
+        <v>128</v>
       </c>
       <c r="D14" t="s">
-        <v>92</v>
+        <v>129</v>
       </c>
       <c r="E14" t="s">
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="H14" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>98</v>
+        <v>135</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>99</v>
+        <v>136</v>
       </c>
       <c r="H15" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>138</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>139</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
       <c r="H16" t="s">
-        <v>105</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>108</v>
+        <v>145</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>109</v>
+        <v>146</v>
       </c>
       <c r="H17" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>149</v>
       </c>
       <c r="E18" t="s">
-        <v>113</v>
+        <v>150</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="H18" t="s">
-        <v>115</v>
+        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>153</v>
       </c>
       <c r="C19" t="s">
-        <v>117</v>
+        <v>154</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>119</v>
+        <v>156</v>
       </c>
       <c r="H19" t="s">
-        <v>120</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="D20" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="E20" t="s">
-        <v>124</v>
+        <v>161</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
       <c r="H20" t="s">
-        <v>126</v>
-[...194 lines deleted...]
-      <c r="H7" t="s">
         <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">