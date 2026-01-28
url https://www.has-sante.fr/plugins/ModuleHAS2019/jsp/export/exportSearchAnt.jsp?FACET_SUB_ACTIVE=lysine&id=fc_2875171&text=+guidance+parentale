--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +104,65 @@
   <si>
     <t>04/09/2025 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
   </si>
   <si>
     <t>p_3643716</t>
   </si>
   <si>
     <t>Epilepsies vitamino-sensibles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
   </si>
   <si>
     <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
   </si>
   <si>
     <t>01/06/2011 00:00:00</t>
   </si>
   <si>
     <t>13/07/2011 10:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
   </si>
   <si>
     <t>c_1069254</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
@@ -240,50 +255,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
   </si>
   <si>
     <t>p_3269572</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
   </si>
   <si>
     <t>p_3301031</t>
   </si>
   <si>
     <t>Arthrogryposes multiples congénitales</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
@@ -320,51 +350,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -458,164 +488,164 @@
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
         <v>38</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>39</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>45</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>60</v>
       </c>
       <c r="H10" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
       <c r="C11" t="s">
         <v>63</v>
       </c>
       <c r="D11" t="s">
@@ -714,45 +744,97 @@
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>82</v>
       </c>
       <c r="C15" t="s">
         <v>83</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>84</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>85</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>