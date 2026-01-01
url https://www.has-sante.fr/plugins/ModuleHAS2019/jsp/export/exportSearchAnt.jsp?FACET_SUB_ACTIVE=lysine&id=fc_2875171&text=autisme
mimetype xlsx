--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,65 @@
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>
   <si>
     <t>Syndrome neurodéveloppemental lié à SETD5</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/09/2025 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
   </si>
   <si>
     <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
   </si>
   <si>
     <t>Déficits du cycle de l’urée</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
@@ -248,51 +263,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -412,145 +427,171 @@
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>36</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>39</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>44</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>45</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>46</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>51</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>53</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>59</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
         <v>61</v>
       </c>
-      <c r="H10" t="s">
+      <c r="B11" t="s">
         <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>