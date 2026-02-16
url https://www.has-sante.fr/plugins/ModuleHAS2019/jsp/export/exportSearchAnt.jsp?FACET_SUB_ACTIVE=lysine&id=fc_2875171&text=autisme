--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,589 +9,199 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
-  </si>
-[...19 lines deleted...]
-    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...224 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>