--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="64">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>11/08/2022 13:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
   </si>
   <si>
     <t>p_3351803</t>
   </si>
   <si>
     <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>07/10/2021 00:00:00</t>
   </si>
   <si>
     <t>13/10/2021 12:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
   </si>
@@ -236,51 +251,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -305,214 +320,240 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>55</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>56</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
         <v>57</v>
       </c>
-      <c r="H9" t="s">
+      <c r="B10" t="s">
         <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>