--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,65 @@
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
   </si>
   <si>
     <t>p_3389747</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
   </si>
   <si>
     <t>Epilepsies vitamino-sensibles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
@@ -254,51 +269,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -470,119 +485,145 @@
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>46</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>47</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>48</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>49</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
         <v>53</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>56</v>
       </c>
       <c r="H10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>58</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>59</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>60</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>61</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>62</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
         <v>63</v>
       </c>
-      <c r="H11" t="s">
+      <c r="B12" t="s">
         <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>67</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>