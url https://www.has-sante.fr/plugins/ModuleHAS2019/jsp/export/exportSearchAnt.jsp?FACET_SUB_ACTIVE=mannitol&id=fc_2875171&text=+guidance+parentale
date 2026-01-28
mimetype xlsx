--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,95 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Déficits du cycle de l’urée</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
   </si>
   <si>
     <t>p_3269572</t>
   </si>
   <si>
     <t>Maladies mitochondriales apparentées au MELAS</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
@@ -155,51 +170,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -267,67 +282,93 @@
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>30</v>
       </c>
-      <c r="H5" t="s">
+      <c r="B6" t="s">
         <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>