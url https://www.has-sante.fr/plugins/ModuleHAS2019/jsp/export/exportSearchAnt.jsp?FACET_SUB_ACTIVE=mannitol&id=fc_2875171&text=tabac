--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -129,50 +129,65 @@
     <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
   </si>
   <si>
     <t>c_606527</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Maladies mitochondriales apparentées au MELAS</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
   </si>
   <si>
     <t>p_3289848</t>
   </si>
   <si>
     <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
@@ -439,51 +454,51 @@
       </c>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -547,221 +562,247 @@
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="K1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="J2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="K2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>