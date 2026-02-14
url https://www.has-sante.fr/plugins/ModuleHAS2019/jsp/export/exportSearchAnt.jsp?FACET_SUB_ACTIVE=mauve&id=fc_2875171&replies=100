--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,580 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>MISIGHT 1 DAY</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/12/2024 00:00:00</t>
-[...101 lines deleted...]
-    <t>c_410222</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+  </si>
+  <si>
+    <t>c_1735034</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...125 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...136 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>