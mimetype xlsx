--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -125,50 +125,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
   </si>
   <si>
     <t>p_3574785</t>
   </si>
   <si>
     <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
@@ -210,50 +225,65 @@
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Ataxie de Friedreich</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
   </si>
   <si>
     <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
   </si>
   <si>
     <t>p_3301031</t>
   </si>
   <si>
     <t>Lipodystrophies généralisées congénitales</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -457,51 +487,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -685,337 +715,389 @@
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>57</v>
       </c>
       <c r="H8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
       <c r="C9" t="s">
         <v>60</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>66</v>
       </c>
       <c r="H10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>70</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>71</v>
       </c>
       <c r="H11" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>74</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H12" t="s">
-        <v>76</v>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>81</v>
+      </c>
+      <c r="H13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C2" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D2" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="B2" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="C2" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D2" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="E2" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="H2" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="I2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>