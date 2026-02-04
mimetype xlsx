--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -77,51 +77,51 @@
   <si>
     <t>p_3385221</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
   </si>
   <si>
     <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
   </si>
   <si>
     <t>06/01/2022 00:00:00</t>
   </si>
   <si>
     <t>14/01/2022 11:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
   </si>