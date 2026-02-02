--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,223 +1,844 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="237">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>10/06/2022 00:00:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Mise au point de la Haute Autorité de Santé sur Mediator®</t>
+  </si>
+  <si>
+    <t>A la suite d’informations parues ce jour dans la presse concernant l’évaluation de Mediator® par la Commission de la Transparence, la Haute Autorité de Santé tient à apporter les précisions suivantes.</t>
+  </si>
+  <si>
+    <t>14/01/2011 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1004608/fr/mise-au-point-de-la-haute-autorite-de-sante-sur-mediator</t>
+  </si>
+  <si>
+    <t>c_1004608</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Chirurgie métabolique : traitement chirurgical du diabète de type 2 - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque de la CM : en effet, il s’agit de proposer une prise en charge chirurgicale à une population qui n’est éligible à ce jour qu’à une approche pharmacologique (per os et/ou injectable).Déterminer le plus précisément possible la population cible susceptible de bénéficier de la chirurgie métabolique.</t>
+  </si>
+  <si>
+    <t>06/10/2022 00:00:00</t>
   </si>
   <si>
     <t>10/10/2022 12:17:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+    <t>https://www.has-sante.fr/jcms/p_3303025/fr/chirurgie-metabolique-traitement-chirurgical-du-diabete-de-type-2-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3303025</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3219547/en/synjardy</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SYNJARDY (empagliflozine/metformine)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:39:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219547/fr/synjardy-empagliflozine/metformine</t>
   </si>
   <si>
     <t>p_3219547</t>
   </si>
   <si>
     <t>empagliflozine,metformine</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3218341/en/synjardy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984318/en/xigduo-dapagliflozine/metformine-antidiabetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3218341/fr/synjardy-empagliflozine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606850/fr/synjardy-empagliflozine/metformine-diabete-de-type-2-chez-les-enfants-ages-de-10-ans-et-plus</t>
+  </si>
+  <si>
+    <t>XIGDUO (metformine/dapagliflozine)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984318/fr/xigduo-metformine/dapagliflozine</t>
   </si>
   <si>
     <t>pprd_2984318</t>
   </si>
   <si>
     <t>metformine,dapagliflozine</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2572200/en/xigduo-dapagliflozin/metformin-antidiabetic</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3361538/en/xigduo-dapagliflozine-propanediol-monohydrate/-metformine-chlorhydrate-de-diabete-de-type-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2572200/fr/xigduo-dapagliflozine/metformine-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218347/fr/xigduo-metformine/-dapagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361538/fr/xigduo-dapagliflozine-propanediol-monohydrate/-metformine-chlorhydrate-de-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>AVANDIA - AVANDAMET (rosiglitazone/ metformine)</t>
+  </si>
+  <si>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985236/fr/avandia-avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>pprd_2985236</t>
+  </si>
+  <si>
+    <t>rosiglitazone,metformine</t>
+  </si>
+  <si>
+    <t>Laboratoire GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399977/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401017/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713102/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1002684/fr/avandia-avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400139/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401016/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399976/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713099/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810817/fr/avandamet-rosiglitazone/-metformine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -231,171 +852,1412 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>51</v>
+      </c>
+      <c r="H4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>72</v>
+      </c>
+      <c r="H5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>78</v>
+      </c>
+      <c r="H6" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>81</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>82</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>83</v>
+      </c>
+      <c r="H7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>85</v>
+      </c>
+      <c r="C8" t="s">
+        <v>86</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>88</v>
+      </c>
+      <c r="H8" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>91</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>92</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>93</v>
+      </c>
+      <c r="H9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>97</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>98</v>
+      </c>
+      <c r="H10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>102</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>103</v>
+      </c>
+      <c r="H11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>107</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>108</v>
+      </c>
+      <c r="H12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>112</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>113</v>
+      </c>
+      <c r="H13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>117</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>122</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>123</v>
+      </c>
+      <c r="H15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>128</v>
+      </c>
+      <c r="H16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>92</v>
+      </c>
+      <c r="E17" t="s">
+        <v>132</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>133</v>
+      </c>
+      <c r="H17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>137</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>138</v>
+      </c>
+      <c r="H18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>156</v>
+      </c>
+      <c r="H2" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D3" t="s">
+        <v>160</v>
+      </c>
+      <c r="E3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>162</v>
+      </c>
+      <c r="H3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>168</v>
+      </c>
+      <c r="H2" t="s">
+        <v>169</v>
+      </c>
+      <c r="I2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H3" t="s">
+        <v>174</v>
       </c>
       <c r="I3" t="s">
-        <v>32</v>
+        <v>170</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>176</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>177</v>
+      </c>
+      <c r="H4" t="s">
+        <v>178</v>
+      </c>
+      <c r="I4" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>165</v>
+      </c>
+      <c r="B5" t="s">
+        <v>179</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>180</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>181</v>
+      </c>
+      <c r="H5" t="s">
+        <v>182</v>
+      </c>
+      <c r="I5" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>165</v>
+      </c>
+      <c r="B6" t="s">
+        <v>183</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>184</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>185</v>
+      </c>
+      <c r="H6" t="s">
+        <v>186</v>
+      </c>
+      <c r="I6" t="s">
+        <v>170</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D2" t="s">
+        <v>190</v>
+      </c>
+      <c r="E2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>192</v>
+      </c>
+      <c r="H2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>199</v>
+      </c>
+      <c r="H2" t="s">
+        <v>200</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J1" t="s">
+        <v>202</v>
+      </c>
+      <c r="K1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B2" t="s">
+        <v>205</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>207</v>
+      </c>
+      <c r="H2" t="s">
+        <v>208</v>
+      </c>
+      <c r="I2" t="s">
+        <v>209</v>
+      </c>
+      <c r="J2" t="s">
+        <v>210</v>
+      </c>
+      <c r="K2" t="s">
+        <v>211</v>
+      </c>
+      <c r="L2" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>215</v>
+      </c>
+      <c r="H3" t="s">
+        <v>216</v>
+      </c>
+      <c r="I3" t="s">
+        <v>217</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>219</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>220</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>221</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>204</v>
+      </c>
+      <c r="B4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>223</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>224</v>
+      </c>
+      <c r="H4" t="s">
+        <v>225</v>
+      </c>
+      <c r="I4" t="s">
+        <v>226</v>
+      </c>
+      <c r="J4" t="s">
+        <v>227</v>
+      </c>
+      <c r="K4" t="s">
+        <v>228</v>
+      </c>
+      <c r="L4" t="s">
+        <v>229</v>
+      </c>
+      <c r="M4" t="s">
+        <v>230</v>
+      </c>
+      <c r="N4" t="s">
+        <v>231</v>
+      </c>
+      <c r="O4" t="s">
+        <v>232</v>
+      </c>
+      <c r="P4" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>234</v>
+      </c>
+      <c r="R4" t="s">
+        <v>235</v>
+      </c>
+      <c r="S4" t="s">
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>