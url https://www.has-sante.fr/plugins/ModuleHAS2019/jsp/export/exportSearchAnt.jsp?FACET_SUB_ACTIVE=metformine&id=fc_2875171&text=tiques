--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
   </si>
   <si>
     <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
   </si>
   <si>
     <t>06/01/2022 00:00:00</t>
   </si>
   <si>
     <t>14/01/2022 11:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
   </si>
   <si>
     <t>p_3309579</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Laminopathies avec présentation cardiaque</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
   </si>
   <si>
     <t>p_3389365</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Systèmes de mesure du glucose interstitiel, couplés ou non à une pompe à insuline et systèmes de boucle semi-fermée pour la gestion automatisée du diabète</t>
   </si>
   <si>
     <t>La prise en charge des dispositifs médicaux dans le domaine de la diabétologie a fortement évolué au cours de ces dernières années, avec l’émergence de nouveaux systèmes connectés destinés aux patients diabétiques.</t>
   </si>
@@ -164,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -250,93 +265,119 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>