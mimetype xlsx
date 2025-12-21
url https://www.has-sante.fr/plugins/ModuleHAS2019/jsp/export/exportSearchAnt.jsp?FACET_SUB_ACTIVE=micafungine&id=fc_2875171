--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1,188 +1,242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2008</t>
+  </si>
+  <si>
+    <t>29/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_714239/fr/commission-de-la-transparence-reunion-du-29-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_714239</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MICAFUNGINE MYLAN (micafungine)</t>
+  </si>
+  <si>
+    <t>24/07/2020 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196399/fr/micafungine-mylan-micafungine</t>
+  </si>
+  <si>
+    <t>p_3196399</t>
+  </si>
+  <si>
+    <t>micafungine</t>
+  </si>
+  <si>
+    <t>MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196329/fr/micafungine-mylan-micafungine</t>
   </si>
   <si>
     <t>MYCAMINE (micafungine)</t>
   </si>
   <si>
-    <t>09/15/2009 15:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985366/en/mycamine-micafungine</t>
+    <t>15/09/2009 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985366/fr/mycamine-micafungine</t>
   </si>
   <si>
     <t>pprd_2985366</t>
   </si>
   <si>
-    <t>micafungine</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_721084/en/mycamine</t>
+    <t>https://www.has-sante.fr/jcms/c_721084/fr/mycamine-micafungine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -209,119 +263,255 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>16</v>
       </c>
-      <c r="J1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+      <c r="J3" t="s">
+        <v>42</v>
+      </c>
+      <c r="K3" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>