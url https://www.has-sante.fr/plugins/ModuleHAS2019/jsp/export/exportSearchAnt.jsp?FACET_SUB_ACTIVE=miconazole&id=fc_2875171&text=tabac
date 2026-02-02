--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,95 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +146,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +204,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>