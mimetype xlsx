--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,3071 +1,897 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="98">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/12/2024 10:44:00</t>
-[...398 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...197 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>BUCCOLAM (midazolam)</t>
   </si>
   <si>
-    <t>05/09/2025 13:50:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983442/fr/buccolam-midazolam</t>
+    <t>09/05/2025 13:50:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983442/en/buccolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2983442</t>
   </si>
   <si>
     <t>midazolam</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1284604/fr/buccolam-midazolam</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643533/fr/buccolam-midazolam-epilepsie-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_1284604/en/buccolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818022/en/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643533/en/buccolam-midazolam-epileptic-seizures-in-adults</t>
   </si>
   <si>
     <t>MIDAZOLAM (midazolam)</t>
   </si>
   <si>
-    <t>29/07/2024 16:44:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985935/fr/midazolam-midazolam</t>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985935/en/midazolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2985935</t>
   </si>
   <si>
     <t>AGUETTANT / MEDIPHA SANTE / ACCORD HEALTHCARE FRANCE SAS / LABORATOIRE PANPHARMA / LABORATOIRE VIATRIS SANTE / MYLAN SAS / SUN PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399226/fr/midazolam-merck-midazolam</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534494/fr/midazolam-viatris-midazolam-premedication</t>
+    <t>https://www.has-sante.fr/jcms/c_399226/en/midazolam-merck-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399837/en/midazolam-dakota-pharm-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399857/en/midazolam-aguettant-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184680/en/midazolam-kalceks-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299685/en/midazolam-accord-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299676/en/midazolam-mylan-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313600/en/midazolam-sun-solution-injectable-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527471/en/midazolam-aguettant-midazolam-sedation-in-palliative-care</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534488/en/midazolam-aguettant-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534485/en/midazolam-panpharma-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534494/en/midazolam-viatris-midazolam-premedication</t>
   </si>
   <si>
     <t>OZALIN (midazolam)</t>
   </si>
   <si>
-    <t>18/11/2019 09:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118605/fr/ozalin-midazolam</t>
+    <t>11/18/2019 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118605/en/ozalin-midazolam</t>
   </si>
   <si>
     <t>p_3118605</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3118545/fr/ozalin-midazolam</t>
+    <t>https://www.has-sante.fr/jcms/p_3118545/en/ozalin-midazolam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
-[...21 lines deleted...]
-      <c r="G7" t="s">
         <v>37</v>
-      </c>
-[...417 lines deleted...]
-        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>119</v>
+        <v>41</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>123</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>124</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>128</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>129</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>133</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>134</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>135</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>137</v>
+        <v>59</v>
       </c>
       <c r="E5" t="s">
-        <v>138</v>
+        <v>60</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>139</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>140</v>
-[...285 lines deleted...]
-        <v>203</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...700 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:U4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>308</v>
+        <v>63</v>
       </c>
       <c r="J1" t="s">
-        <v>309</v>
+        <v>64</v>
       </c>
       <c r="K1" t="s">
-        <v>310</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>311</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>312</v>
+        <v>67</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>313</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>314</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>315</v>
+        <v>70</v>
       </c>
       <c r="I2" t="s">
-        <v>316</v>
+        <v>71</v>
       </c>
       <c r="J2" t="s">
-        <v>317</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>318</v>
+        <v>73</v>
       </c>
       <c r="L2" t="s">
-        <v>319</v>
+        <v>74</v>
       </c>
       <c r="M2" t="s">
-        <v>320</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>311</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>321</v>
+        <v>76</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>322</v>
+        <v>77</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>323</v>
+        <v>78</v>
       </c>
       <c r="H3" t="s">
-        <v>324</v>
+        <v>79</v>
       </c>
       <c r="I3" t="s">
-        <v>316</v>
+        <v>71</v>
       </c>
       <c r="J3" t="s">
-        <v>325</v>
+        <v>80</v>
       </c>
       <c r="K3" t="s">
-        <v>326</v>
+        <v>81</v>
       </c>
       <c r="L3" t="s">
-        <v>327</v>
+        <v>82</v>
       </c>
       <c r="M3" t="s">
-        <v>328</v>
+        <v>83</v>
       </c>
       <c r="N3" t="s">
-        <v>329</v>
+        <v>84</v>
       </c>
       <c r="O3" t="s">
-        <v>330</v>
+        <v>85</v>
       </c>
       <c r="P3" t="s">
-        <v>331</v>
+        <v>86</v>
       </c>
       <c r="Q3" t="s">
-        <v>332</v>
+        <v>87</v>
       </c>
       <c r="R3" t="s">
-        <v>333</v>
+        <v>88</v>
       </c>
       <c r="S3" t="s">
-        <v>334</v>
+        <v>89</v>
       </c>
       <c r="T3" t="s">
-        <v>335</v>
+        <v>90</v>
       </c>
       <c r="U3" t="s">
-        <v>336</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>311</v>
+        <v>66</v>
       </c>
       <c r="B4" t="s">
-        <v>337</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>338</v>
+        <v>93</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>339</v>
+        <v>94</v>
       </c>
       <c r="H4" t="s">
-        <v>340</v>
+        <v>95</v>
       </c>
       <c r="I4" t="s">
-        <v>316</v>
+        <v>71</v>
       </c>
       <c r="J4" t="s">
-        <v>341</v>
+        <v>96</v>
       </c>
       <c r="K4" t="s">
-        <v>342</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>