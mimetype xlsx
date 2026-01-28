--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,199 +9,331 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/24/2025 11:14:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>