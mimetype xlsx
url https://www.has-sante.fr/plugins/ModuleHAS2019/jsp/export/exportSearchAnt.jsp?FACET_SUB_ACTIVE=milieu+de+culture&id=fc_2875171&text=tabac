--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
   </si>
   <si>
     <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
   </si>
   <si>
     <t>13/03/2025 00:00:00</t>
   </si>
   <si>
     <t>24/03/2025 11:14:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Dyskinésies ciliaires primitives</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t>12/01/2018 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
@@ -146,153 +161,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>