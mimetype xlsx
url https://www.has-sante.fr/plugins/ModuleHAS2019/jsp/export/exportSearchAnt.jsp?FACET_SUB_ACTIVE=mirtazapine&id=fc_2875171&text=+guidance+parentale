--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,116 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -197,58 +248,136 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>