--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,98 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
   </si>
@@ -164,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,119 +239,145 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>