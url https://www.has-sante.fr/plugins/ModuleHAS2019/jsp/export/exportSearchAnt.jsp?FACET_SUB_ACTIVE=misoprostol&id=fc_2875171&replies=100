--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,3355 +1,809 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="647" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SUPLASYN - CNEDiMTS du 06 octobre 2009 (1964)</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/10/2009 00:00:00</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Interruption volontaire de grossesse par méthode médicamenteuse - Mise à jour</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
+    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request of the Ministry of Health and Social Affairs, HAS has developed terms of reference that define the requirements (especially clinical and organisational) to follow to ensure quality of care and patient safety during surgical abortions performed outside of a healthcare organisation Moreover, and in accordance with the law on modernisation of our health system enacted in January 2016, HAS has established terms of reference on the methods of performing surgical abortions inside health centres, which is based on the “Terms of reference for performing surgical abortions outside of healthcare organisations” It is important to specify that the objective is not to develop good practice recommendations or to evaluate the surgical abortion technique</t>
+  </si>
+  <si>
+    <t>03/16/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Art 50, Zondar, Chondrosulf, Piasclédine, Dolenio, Flexea, Osaflexan, Structoflex et Voltaflex : service médical rendu insuffisant dans le traitement symptomatique de l’arthrose</t>
-[...287 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>GYMISO (misoprostol)</t>
   </si>
   <si>
     <t>09/09/2024 16:55:21</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985837/fr/gymiso-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985837/en/gymiso-misoprostol</t>
   </si>
   <si>
     <t>pprd_2985837</t>
   </si>
   <si>
     <t>misoprostol</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399941/fr/gymiso-200-microgrammes-misoprostol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984869/fr/misoone-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_399941/en/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400310/en/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285514/en/gymiso-misoone-misoprostol-/-mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285578/en/gymiso-misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538951/en/gymiso-misoprostol-termination-of-pregnancy</t>
+  </si>
+  <si>
+    <t>MISOONE</t>
+  </si>
+  <si>
+    <t>09/21/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984869/en/misoone</t>
   </si>
   <si>
     <t>pprd_2984869</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701297/fr/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190783/fr/misoone-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_1701297/en/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190783/en/misoone</t>
   </si>
   <si>
     <t>ANGUSTA (misoprostol)</t>
   </si>
   <si>
-    <t>09/07/2018 15:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983194/fr/angusta-misoprostol</t>
+    <t>07/09/2018 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983194/en/angusta-misoprostol</t>
   </si>
   <si>
     <t>pprd_2983194</t>
   </si>
   <si>
     <t>PHARMA BLUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862078/fr/angusta-25-g-misoprostol-par-voie-orale-uterotonique</t>
+    <t>https://www.has-sante.fr/jcms/c_2862078/en/angusta-25-g-misoprostol-oral-route-uterotonic</t>
   </si>
   <si>
     <t>MISODEL (misoprostol)</t>
   </si>
   <si>
-    <t>06/01/2017 14:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983766/fr/misodel-misoprostol</t>
+    <t>01/06/2017 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983766/en/misodel-misoprostol</t>
   </si>
   <si>
     <t>pprd_2983766</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008308/fr/misodel-misoprostol-prostaglandine-uterotonique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984328/fr/cytotec-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_2008308/en/misodel-misoprostol-uterotonic-prostaglandin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735297/en/misodel-misoprostol</t>
+  </si>
+  <si>
+    <t>CYTOTEC (N/R/ misoprostol)</t>
+  </si>
+  <si>
+    <t>03/14/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984328</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400778/fr/cytotec-misoprostol</t>
-[...62 lines deleted...]
-    <t>c_1726027</t>
+    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J6"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
-[...5 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="J4" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5">
-[...62 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>326</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>327</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>328</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>329</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>330</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>326</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>331</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>332</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>333</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>334</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>335</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
-[...61 lines deleted...]
-      <c r="G2" t="s">
         <v>47</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>48</v>
+      </c>
+      <c r="J2" t="s">
+        <v>49</v>
+      </c>
+      <c r="K2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L2" t="s">
+        <v>51</v>
+      </c>
+      <c r="M2" t="s">
+        <v>52</v>
+      </c>
+      <c r="N2" t="s">
+        <v>53</v>
+      </c>
+      <c r="O2" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" t="s">
+        <v>48</v>
+      </c>
+      <c r="J3" t="s">
         <v>49</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
+        <v>59</v>
+      </c>
+      <c r="L3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M3" t="s">
         <v>52</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="N3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C4" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H4" t="s">
-        <v>60</v>
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>48</v>
+      </c>
+      <c r="J4" t="s">
+        <v>65</v>
+      </c>
+      <c r="K4" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>70</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L5" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="C6" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
-[...58 lines deleted...]
-      <c r="B9" t="s">
         <v>77</v>
       </c>
-      <c r="C9" t="s">
+      <c r="I6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J6" t="s">
         <v>78</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" t="s">
+      <c r="K6" t="s">
         <v>79</v>
       </c>
-      <c r="H9" t="s">
+      <c r="L6" t="s">
         <v>80</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" t="s">
+      <c r="M6" t="s">
         <v>81</v>
-      </c>
-[...1605 lines deleted...]
-        <v>325</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>