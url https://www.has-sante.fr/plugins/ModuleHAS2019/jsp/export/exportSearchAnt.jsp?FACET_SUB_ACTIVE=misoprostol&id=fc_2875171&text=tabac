--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,241 +1,493 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="124">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984869/en/misoone</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 avril 2020</t>
+  </si>
+  <si>
+    <t>23/04/2020 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180095/fr/college-deliberatif-du-9-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3180095</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MISOONE (misoprostol)</t>
+  </si>
+  <si>
+    <t>21/09/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984869/fr/misoone-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984869</t>
   </si>
   <si>
     <t>misoprostol</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701297/en/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+    <t>https://www.has-sante.fr/jcms/c_1701297/fr/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190783/fr/misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285514/fr/gymiso-misoone-misoprostol-/-mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285578/fr/gymiso-misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>CYTOTEC (misoprostol)</t>
+  </si>
+  <si>
+    <t>14/03/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/fr/cytotec-misoprostol</t>
   </si>
   <si>
     <t>pprd_2984328</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+    <t>https://www.has-sante.fr/jcms/c_400778/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/fr/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/fr/cytotec-misoprostol-prostaglandine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -260,192 +512,789 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
-[...5 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+      <c r="I2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" t="s">
+        <v>96</v>
+      </c>
+      <c r="I3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="J1" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="K1" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="J2" t="s">
-        <v>30</v>
+        <v>106</v>
       </c>
       <c r="K2" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="L2" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="M2" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="N2" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>112</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="I3" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="K3" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="L3" t="s">
-        <v>41</v>
+        <v>117</v>
       </c>
       <c r="M3" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>