--- v0 (2025-12-08)
+++ v1 (2026-03-20)
@@ -1,254 +1,2425 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="244">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OPM4J, orthèse d'avancée mandibulaire</t>
+  </si>
+  <si>
+    <t>Orthèse de Propulsion Mandibulaire 4j</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:47:01</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349433/fr/opm4j-orthese-d-avancee-mandibulaire</t>
+  </si>
+  <si>
+    <t>c_1349433</t>
+  </si>
+  <si>
+    <t>3J SARL</t>
+  </si>
+  <si>
+    <t>SOMNODENT - 10 janvier 2012 (4049) avis</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2012 10:47:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169887/fr/somnodent-10-janvier-2012-4049-avis</t>
+  </si>
+  <si>
+    <t>c_1169887</t>
+  </si>
+  <si>
+    <t>SOMNOMED SARL (France)</t>
+  </si>
+  <si>
+    <t>ORTHESE HERBST-AMORIC (OHA) - 11 octobre 2011 (3749) avis</t>
+  </si>
+  <si>
+    <t>11/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2011 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100676/fr/orthese-herbst-amoric-oha-11-octobre-2011-3749-avis</t>
+  </si>
+  <si>
+    <t>c_1100676</t>
+  </si>
+  <si>
+    <t>FULCRUM (France)</t>
+  </si>
+  <si>
+    <t>ORTHESE TALI - CNEDiMTS du 06 avril 2010 (2306)</t>
+  </si>
+  <si>
+    <t>Orthèse d’avancée mandibulaire ORL - Pneumologie – Nouveau dispositif Progrès mineur par rapport à l’absence de traitement, pour le traitement des syndromes d’apnées-hypopnées obstructives du sommeil (SAHOS) sévères, en deuxième intention, en cas de refus ou d’intolérance à la PPC Pas de progrès par rapport aux dispositifs de ventilation par pression positive continue (PPC) pour le traitement de certains SAHOS légers à modérés</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_940420/fr/orthese-tali-cnedimts-du-06-avril-2010-2306</t>
+  </si>
+  <si>
+    <t>c_940420</t>
+  </si>
+  <si>
+    <t>SAS TALI France</t>
+  </si>
+  <si>
+    <t>AMO</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813793/fr/amo</t>
+  </si>
+  <si>
+    <t>c_813793</t>
+  </si>
+  <si>
+    <t>ORTHOSOM SAS</t>
+  </si>
+  <si>
+    <t>ORTHESE TYPE O.R.M.</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2008 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657701/fr/orthese-type-o-r-m</t>
+  </si>
+  <si>
+    <t>c_657701</t>
+  </si>
+  <si>
+    <t>Laboratoires NARVAL SA France</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
+  </si>
+  <si>
+    <t>07/11/2007 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_601523</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 10 juin 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188036/fr/commission-de-la-transparence-reunion-a-distance-du-10-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3188036</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0111/AC/SEM du 16 décembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité WAKIX (pitolisant) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans l’indication validée par le CHMP qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>16/12/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2015 10:09:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583646/fr/avis-n-2015-0111/ac/sem-du-16-decembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-wakix-pitolisant-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2583646</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MODIODAL (modafinil)</t>
+  </si>
+  <si>
+    <t>12/03/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982856/fr/modiodal-modafinil</t>
+  </si>
+  <si>
+    <t>pprd_2982856</t>
+  </si>
+  <si>
+    <t>modafinil</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399258/fr/modiodal-100-mg-comprime-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400325/fr/modiodal-100-mg-comprime-plaquette-s-thermoformee-s-pvc-aluminium-de-30-comprime-s-cip-334-646-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281715/fr/modiodal-modafinil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188955/fr/modiodal-modafinil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908441/fr/modiodal-modafinil</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>239</v>
+      </c>
+      <c r="B2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>242</v>
+      </c>
+      <c r="H2" t="s">
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D6" t="s">
+        <v>71</v>
+      </c>
+      <c r="E6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>77</v>
+      </c>
+      <c r="H6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>82</v>
+      </c>
+      <c r="H7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>89</v>
+      </c>
+      <c r="H9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>71</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>110</v>
+      </c>
+      <c r="H15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>122</v>
+      </c>
+      <c r="H17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>127</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>128</v>
+      </c>
+      <c r="H18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E19" t="s">
+        <v>133</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>134</v>
+      </c>
+      <c r="H19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>137</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>139</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>140</v>
+      </c>
+      <c r="H20" t="s">
+        <v>141</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>146</v>
+      </c>
+      <c r="H2" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C3" t="s">
+        <v>149</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>155</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>156</v>
+      </c>
+      <c r="H4" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>142</v>
+      </c>
+      <c r="B5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>160</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H5" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>142</v>
+      </c>
+      <c r="B6" t="s">
+        <v>163</v>
+      </c>
+      <c r="C6" t="s">
+        <v>164</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>165</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>166</v>
+      </c>
+      <c r="H6" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>142</v>
+      </c>
+      <c r="B7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C7" t="s">
+        <v>169</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>170</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>171</v>
+      </c>
+      <c r="H7" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>142</v>
+      </c>
+      <c r="B8" t="s">
+        <v>173</v>
+      </c>
+      <c r="C8" t="s">
+        <v>174</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>170</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>175</v>
+      </c>
+      <c r="H8" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>142</v>
+      </c>
+      <c r="B9" t="s">
+        <v>177</v>
+      </c>
+      <c r="C9" t="s">
+        <v>178</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>179</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>180</v>
+      </c>
+      <c r="H9" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>142</v>
+      </c>
+      <c r="B10" t="s">
+        <v>182</v>
+      </c>
+      <c r="C10" t="s">
+        <v>183</v>
+      </c>
+      <c r="D10" t="s">
+        <v>184</v>
+      </c>
+      <c r="E10" t="s">
+        <v>185</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>186</v>
+      </c>
+      <c r="H10" t="s">
+        <v>187</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B2" t="s">
+        <v>189</v>
+      </c>
+      <c r="C2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>192</v>
+      </c>
+      <c r="H2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>184</v>
+      </c>
+      <c r="E2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>198</v>
+      </c>
+      <c r="H2" t="s">
+        <v>199</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>204</v>
+      </c>
+      <c r="H2" t="s">
+        <v>205</v>
+      </c>
+      <c r="I2" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H3" t="s">
+        <v>210</v>
+      </c>
+      <c r="I3" t="s">
+        <v>206</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>216</v>
+      </c>
+      <c r="H2" t="s">
+        <v>217</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>218</v>
+      </c>
+      <c r="B2" t="s">
+        <v>219</v>
+      </c>
+      <c r="C2" t="s">
+        <v>220</v>
+      </c>
+      <c r="D2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>223</v>
+      </c>
+      <c r="H2" t="s">
+        <v>224</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>225</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>227</v>
+      </c>
+      <c r="B2" t="s">
+        <v>228</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>230</v>
+      </c>
+      <c r="H2" t="s">
+        <v>231</v>
+      </c>
+      <c r="I2" t="s">
+        <v>232</v>
+      </c>
+      <c r="J2" t="s">
+        <v>233</v>
+      </c>
+      <c r="K2" t="s">
+        <v>234</v>
+      </c>
+      <c r="L2" t="s">
+        <v>235</v>
+      </c>
+      <c r="M2" t="s">
+        <v>236</v>
+      </c>
+      <c r="N2" t="s">
+        <v>237</v>
+      </c>
+      <c r="O2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>