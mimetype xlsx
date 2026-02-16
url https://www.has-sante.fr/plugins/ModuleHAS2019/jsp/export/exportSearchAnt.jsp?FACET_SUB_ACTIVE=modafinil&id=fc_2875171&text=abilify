--- v0 (2025-11-10)
+++ v1 (2026-02-16)
@@ -9,86 +9,107 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
   </si>
   <si>
     <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
   </si>
   <si>
     <t>07/11/2007 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
   </si>
@@ -122,127 +143,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>