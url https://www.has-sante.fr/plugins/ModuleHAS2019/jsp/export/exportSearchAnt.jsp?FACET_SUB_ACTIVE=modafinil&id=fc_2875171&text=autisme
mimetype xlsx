--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,224 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>12/02/2015 10:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -236,51 +107,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -294,251 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...206 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>