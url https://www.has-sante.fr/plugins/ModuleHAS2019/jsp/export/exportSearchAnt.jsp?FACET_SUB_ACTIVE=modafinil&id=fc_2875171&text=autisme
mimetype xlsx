--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,95 +9,242 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/01/2012 09:40:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +254,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +312,277 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>