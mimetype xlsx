--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,373 +1,2311 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1199" uniqueCount="722">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>L’analyse des évènements indésirables associés aux soins (EIAS) : mode d’emploi</t>
+  </si>
+  <si>
+    <t>On observe une certaine hétérogénéité sur la manière dont les professionnels du soin et de l’accompagnement mènent leurs analyses des évènements indésirables associés aux soins (EIAS). Or, la qualité de ces analyses est essentielle car elle conditionne la qualité du retour d'expérience qui permettra de produire des recommandations et préconisations. La HAS, en collaboration avec la Forap, propose aux professionnels un guide méthodologique simple et didactique. L’objectif est d'améliorer la qualité des analyses des évènements indésirables associés aux soins (EIAS), développer la culture sécurité des professionnels du soin et de l’accompagnement et proposer une approche fondée sur une analyse objective et une culture juste et positive de l’évènement indésirable.</t>
+  </si>
+  <si>
+    <t>23/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/10/2021 08:32:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3293652/fr/l-analyse-des-evenements-indesirables-associes-aux-soins-eias-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>p_3293652</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667035/fr/synchromed-ii</t>
+  </si>
+  <si>
+    <t>c_667035</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>ARCHIMEDES</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667031/fr/archimedes</t>
+  </si>
+  <si>
+    <t>c_667031</t>
+  </si>
+  <si>
+    <t>CODMAN (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Malformation de Chiari</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformation de Chiari. Il a été élaboré par Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280005/fr/malformation-de-chiari</t>
+  </si>
+  <si>
+    <t>p_3280005</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Neuropathies héréditaires sensitivomotrice de Charcot-Marie-Tooth</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise prise en charge urologique optimale d’un patient atteint de neuropathie héréditaire de Charcot-Marie-Tooth (CMT). Il a été élaboré par le centre de référence coordinateur des Maladies Neuromusculaires rares et de la SLA, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168018/fr/neuropathies-hereditaires-sensitivomotrice-de-charcot-marie-tooth</t>
+  </si>
+  <si>
+    <t>p_3168018</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>Syringomyelie - Les fentes intramédullaires</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729833/fr/syringomyelie-les-fentes-intramedullaires</t>
+  </si>
+  <si>
+    <t>c_2729833</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2025</t>
+  </si>
+  <si>
+    <t>05/06/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608811/fr/commission-de-la-transparence-reunion-du-11-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3608811</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 14 novembre 2024</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588560/fr/college-deliberatif-du-14-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3588560</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 2 juin 2021</t>
+  </si>
+  <si>
+    <t>26/05/2021 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268363/fr/commission-de-la-transparence-reunion-a-distance-du-2-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3268363</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 19 mai 2021</t>
+  </si>
+  <si>
+    <t>11/05/2021 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266397/fr/commission-de-la-transparence-reunion-a-distance-du-19-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3266397</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 04 juin 2019</t>
+  </si>
+  <si>
+    <t>28/05/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971564/fr/cnedimts-reunion-du-04-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2971564</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 7 mai 2019</t>
+  </si>
+  <si>
+    <t>06/05/2019 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966685/fr/cnedimts-reunion-du-7-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2966685</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 15 novembre 2017</t>
+  </si>
+  <si>
+    <t>10/11/2017 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803872/fr/college-deliberatif-du-15-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803872</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586990/fr/college-deliberatif-du-13-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586990</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 mai 2012</t>
+  </si>
+  <si>
+    <t>09/05/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245631/fr/commission-de-la-transparence-reunion-du-9-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1245631</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2009</t>
+  </si>
+  <si>
+    <t>21/10/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866337/fr/commission-de-la-transparence-reunion-du-21-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_866337</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2008</t>
+  </si>
+  <si>
+    <t>06/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_628423/fr/commission-de-la-transparence-reunion-du-6-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_628423</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) : rapport annuel 2024</t>
+  </si>
+  <si>
+    <t>La HAS publie son huitième rapport annuel sur les déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>15/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2025 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644107/fr/evenements-indesirables-graves-associes-aux-soins-eigs-rapport-annuel-2024</t>
+  </si>
+  <si>
+    <t>p_3644107</t>
+  </si>
+  <si>
+    <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
+  </si>
+  <si>
+    <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
+  </si>
+  <si>
+    <t>p_3390248</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) : rapport annuel 2023</t>
+  </si>
+  <si>
+    <t>La HAS publie son septième rapport annuel sur les déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>16/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2024 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539434/fr/evenements-indesirables-graves-associes-aux-soins-eigs-rapport-annuel-2023</t>
+  </si>
+  <si>
+    <t>p_3539434</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Analyse nationale des commentaires des patients recueillis dans le cadre du dispositif e-Satis</t>
+  </si>
+  <si>
+    <t>Dans le cadre du dispositif national e-satis (+48h MCO et MCOCA), la HAS a mené une analyse de l’ensemble des commentaires de patients recueillis de 2016 à 2020. Un rapport national de résultats identifie les thématiques le plus souvent évoquées dans le verbatim de patients.</t>
+  </si>
+  <si>
+    <t>30/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2022 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365011/fr/analyse-nationale-des-commentaires-des-patients-recueillis-dans-le-cadre-du-dispositif-e-satis</t>
+  </si>
+  <si>
+    <t>p_3365011</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés à des soins (EIGS) : bilan annuel 2021</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>21/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2022 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388885/fr/evenements-indesirables-graves-associes-a-des-soins-eigs-bilan-annuel-2021</t>
+  </si>
+  <si>
+    <t>p_3388885</t>
+  </si>
+  <si>
+    <t>Les erreurs associées aux produits de santé déclarées dans la base EIGS</t>
+  </si>
+  <si>
+    <t>Le Collège de la HAS a souhaité qu’une étude rende compte de l’ensemble des erreurs liées aux produits de santé, déclarées dans la base de retour d’expérience nationale des évènements indésirables graves associés aux soins (EIGS). Tel est l’objet du rapport qui s'inscrit dans le cadre de la politique d'amélioration de la prise en charge médicamenteuse portée par la HAS.</t>
+  </si>
+  <si>
+    <t>28/01/2021 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231881/fr/les-erreurs-associees-aux-produits-de-sante-declarees-dans-la-base-eigs</t>
+  </si>
+  <si>
+    <t>p_3231881</t>
+  </si>
+  <si>
+    <t>Rapport annuel d’activité 2018 sur les évènements indésirables graves associés à des soins (EIGS)</t>
+  </si>
+  <si>
+    <t>Publication du 2e rapport sur l’analyse des EIGS, la HAS préconise pour améliorer la sécurité du patient : La réalisation d’une étude sur le regroupement d’EIGS liés à l’utilisation des systèmes d’information associés aux soins. Le renforcement de la qualité des déclarations d’EIGS lorsque le décès du patient est inexpliqué. Le rappel aux professionnels des recommandations de bonnes pratiques existantes concernant la contention physique passive.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135082/fr/rapport-annuel-d-activite-2018-sur-les-evenements-indesirables-graves-associes-a-des-soins-eigs</t>
+  </si>
+  <si>
+    <t>p_3135082</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Mettre en oeuvre la gestion des risques associés aux soins en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ce guide vise à aider les établissements pour concevoir le programme d'amélioration de la qualité et de la sécurité des soins, en assurer la mise en œuvre et le suivi. Il est conçu sur la base de constats et d’orientations pragmatiques : volonté de convergence méthodologique des divers dispositifs existants, vision systémique de la démarche structurée selon trois fonctions étroitement liées (pilotage, coordination, mise en œuvre opérationnelle), proposition d’outils rapidement maîtrisables, si possible d’inspiration clinique, utilisables pour la prise de décision dans chacune de ces fonctions.</t>
+  </si>
+  <si>
+    <t>12/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239410/fr/mettre-en-oeuvre-la-gestion-des-risques-associes-aux-soins-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_1239410</t>
+  </si>
+  <si>
+    <t>Douleur post-opératoire</t>
+  </si>
+  <si>
+    <t>01/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272488/fr/douleur-post-operatoire</t>
+  </si>
+  <si>
+    <t>c_272488</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Douleur chronique : les aspects organisationnels</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est de réaliser un état des lieux sur les aspects organisationnels de la prise en charge de la douleur chronique de la population générale adulte dans les structures spécialisées.</t>
+  </si>
+  <si>
+    <t>22/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2009 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813396/fr/douleur-chronique-les-aspects-organisationnels</t>
+  </si>
+  <si>
+    <t>c_813396</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées en Ehpad</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont destinées à l’ensemble des professionnels exerçant dans les Ehpad, et utiles aux établissements hébergeant des personnes handicapées vieillissantes. Elles leurs fournissent des repères pour mieux garantir le respect des droits des personnes en fin de vie et leur apporter des réponses adaptées, tout en soutenant les proches (y compris les autres résidents) et l’ensemble des professionnels et bénévoles de l’Ehpad. Avant d’être mises en œuvre, nombre d’entre elles nécessitent de la part de l’équipe d’organiser une réflexion éthique préalable.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2017 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833689/fr/accompagner-la-fin-de-vie-des-personnes-agees-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833689</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Événements indésirables graves associés aux soins : professionnels et acteurs institutionnels peuvent s’impliquer davantage</t>
+  </si>
+  <si>
+    <t>Pour son deuxième rapport annuel sur les événements indésirables graves associés aux soins (EIGS), la HAS constate une augmentation encore trop timide du nombre de déclarations par les professionnels de santé. Depuis l’ouverture du dispositif en mars 2017, la HAS a reçu 820 déclarations au 31 décembre 2018. Or, l’analyse rétrospective de ces événements constitue un maillon essentiel de l’amélioration de la qualité et de la sécurité des soins. La HAS encourage donc l’ensemble des professionnels à déclarer plus systématiquement ces événements et pour cela à accroitre leur niveau de culture sécurité.</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123955/fr/evenements-indesirables-graves-associes-aux-soins-professionnels-et-acteurs-institutionnels-peuvent-s-impliquer-davantage</t>
+  </si>
+  <si>
+    <t>p_3123955</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Évaluation de la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole de l’évaluation de la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie L’objectif de cette note de cadrage est de définir le protocole de l’évaluation à venir portant sur la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie. La demande d’évaluation émane du Conseil National Professionnel (CNP) de neurochirurgie. Ce dernier a sollicité la HAS afin qu’elle évalue la chirurgie d’exérèse d’une hernie discale lombaire par voie endoscopique interlamaire, en vue de son remboursement par l’Assurance maladie. Le CNP met en avant les avantages théoriques de cette technique, liés notamment à son caractère mini invasif par rapport aux chirurgies standards actuellement prises en charge par l’Assurance maladie qui sont la chirurgie ouverte et la microdiscectomie (à ciel ouvert ou tubulaire).</t>
+  </si>
+  <si>
+    <t>28/07/2025 14:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638392/fr/evaluation-de-la-chirurgie-d-exerese-d-une-hernie-discale-lombaire-par-endoscopie-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3638392</t>
+  </si>
+  <si>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of spinal cord stimulation - March 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
+    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
+  </si>
+  <si>
+    <t>Les accès douloureux paroxystiques (ADP) du cancer justifient l’utilisation de morphiniques d’action rapide par voie transmuqueuse. Six médicaments sont actuellement disponibles dans cette indication. Tous ont le fentanyl pour principe actif, mais les formes galéniques diffèrent.</t>
+  </si>
+  <si>
+    <t>07/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439696/fr/les-medicaments-des-acces-douloureux-paroxystiques-du-cancer</t>
+  </si>
+  <si>
+    <t>r_1439696</t>
+  </si>
+  <si>
+    <t>Évaluation des systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réaliser une évaluation de l’efficacité et de la sécurité des systèmes implantables de neurostimulation médullaire destinés au traitement des douleurs chroniques et actualiser leurs indications, leur place dans la stratégie thérapeutique et les conditions de réalisation de la technique. Cette évaluation clarifie également les données cliniques minimales attendues par la Commission Nationale d’Evaluation des Dispositifs Médicaux et des Technologies de Santé (CNEDiMTS) pour toute demande de remboursement de nouveau système qui lui serait soumise.</t>
+  </si>
+  <si>
+    <t>01/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
   </si>
   <si>
     <t>c_1351767</t>
   </si>
   <si>
-    <t>Assessment of an epiretinal implant and its implantation procedure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Assessment of medical devices for home infusion</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
+  </si>
+  <si>
+    <t>20/03/2023 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168693/fr/iqss-2025-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3168693</t>
+  </si>
+  <si>
+    <t>Simulation en santé</t>
+  </si>
+  <si>
+    <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
+  </si>
+  <si>
+    <t>22/02/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
+  </si>
+  <si>
+    <t>c_930641</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478923/fr/iqss-archives-secteur-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478923</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>09/06/2022 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2913016</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479016/fr/iqss-archives-secteur-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3479016</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -381,355 +2319,4048 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>584</v>
+      </c>
+      <c r="B2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C2" t="s">
+        <v>586</v>
+      </c>
+      <c r="D2" t="s">
+        <v>587</v>
+      </c>
+      <c r="E2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>589</v>
+      </c>
+      <c r="H2" t="s">
+        <v>590</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>591</v>
+      </c>
+      <c r="B2" t="s">
+        <v>592</v>
+      </c>
+      <c r="C2" t="s">
+        <v>593</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>594</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>595</v>
+      </c>
+      <c r="H2" t="s">
+        <v>596</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>591</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>597</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>598</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>599</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>600</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>601</v>
+      </c>
+      <c r="B2" t="s">
+        <v>602</v>
+      </c>
+      <c r="C2" t="s">
+        <v>603</v>
+      </c>
+      <c r="D2" t="s">
+        <v>604</v>
+      </c>
+      <c r="E2" t="s">
+        <v>605</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>606</v>
+      </c>
+      <c r="H2" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B3" t="s">
+        <v>608</v>
+      </c>
+      <c r="C3" t="s">
+        <v>609</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>610</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>611</v>
+      </c>
+      <c r="H3" t="s">
+        <v>612</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>601</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>615</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>616</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>617</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>618</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>601</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>619</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>620</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>621</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>622</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>623</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>624</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>601</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>625</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>626</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>627</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>628</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>629</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>630</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>601</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>631</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>632</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>633</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>634</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>635</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>636</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>601</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>637</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>638</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>639</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>640</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>641</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>642</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>601</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>643</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>644</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>645</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>646</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>647</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>648</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>601</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>649</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>650</v>
       </c>
       <c r="D10" t="s">
-        <v>60</v>
+        <v>651</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>652</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>653</v>
       </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>654</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>601</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>655</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>656</v>
       </c>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>657</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>658</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>659</v>
       </c>
       <c r="H11" t="s">
-        <v>69</v>
+        <v>660</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>601</v>
+      </c>
+      <c r="B12" t="s">
+        <v>661</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>662</v>
+      </c>
+      <c r="E12" t="s">
+        <v>663</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>664</v>
+      </c>
+      <c r="H12" t="s">
+        <v>665</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>666</v>
+      </c>
+      <c r="B2" t="s">
+        <v>667</v>
+      </c>
+      <c r="C2" t="s">
+        <v>668</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>669</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>670</v>
+      </c>
+      <c r="H2" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>666</v>
+      </c>
+      <c r="B3" t="s">
+        <v>672</v>
+      </c>
+      <c r="C3" t="s">
+        <v>673</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>675</v>
+      </c>
+      <c r="H3" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>666</v>
+      </c>
+      <c r="B4" t="s">
+        <v>677</v>
+      </c>
+      <c r="C4" t="s">
+        <v>678</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>680</v>
+      </c>
+      <c r="H4" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>666</v>
+      </c>
+      <c r="B5" t="s">
+        <v>682</v>
+      </c>
+      <c r="C5" t="s">
+        <v>683</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>684</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>685</v>
+      </c>
+      <c r="H5" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>666</v>
+      </c>
+      <c r="B6" t="s">
+        <v>687</v>
+      </c>
+      <c r="C6" t="s">
+        <v>688</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>689</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>690</v>
+      </c>
+      <c r="H6" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>666</v>
+      </c>
+      <c r="B7" t="s">
+        <v>692</v>
+      </c>
+      <c r="C7" t="s">
+        <v>693</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>694</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>695</v>
+      </c>
+      <c r="H7" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>666</v>
+      </c>
+      <c r="B8" t="s">
+        <v>697</v>
+      </c>
+      <c r="C8" t="s">
+        <v>698</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>699</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>700</v>
+      </c>
+      <c r="H8" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>666</v>
+      </c>
+      <c r="B9" t="s">
+        <v>702</v>
+      </c>
+      <c r="C9" t="s">
+        <v>703</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>704</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>705</v>
+      </c>
+      <c r="H9" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>666</v>
+      </c>
+      <c r="B10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C10" t="s">
+        <v>708</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>709</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>710</v>
+      </c>
+      <c r="H10" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>666</v>
+      </c>
+      <c r="B11" t="s">
+        <v>712</v>
+      </c>
+      <c r="C11" t="s">
+        <v>713</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>714</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>715</v>
+      </c>
+      <c r="H11" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>666</v>
+      </c>
+      <c r="B12" t="s">
+        <v>717</v>
+      </c>
+      <c r="C12" t="s">
+        <v>718</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>719</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>720</v>
+      </c>
+      <c r="H12" t="s">
+        <v>721</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" t="s">
+        <v>13</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H38"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
         <v>51</v>
       </c>
+      <c r="C3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>95</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="H12" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="H13" t="s">
-        <v>81</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>86</v>
+        <v>109</v>
       </c>
       <c r="H14" t="s">
-        <v>87</v>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>113</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>114</v>
+      </c>
+      <c r="H15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>113</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>118</v>
+      </c>
+      <c r="H16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>113</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>122</v>
+      </c>
+      <c r="H17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>130</v>
+      </c>
+      <c r="H19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>134</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>135</v>
+      </c>
+      <c r="H20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>139</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>140</v>
+      </c>
+      <c r="H21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>144</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>145</v>
+      </c>
+      <c r="H22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" t="s">
+        <v>147</v>
+      </c>
+      <c r="C23" t="s">
+        <v>148</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>149</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>150</v>
+      </c>
+      <c r="H23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>154</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>158</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>159</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>160</v>
+      </c>
+      <c r="H25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>45</v>
+      </c>
+      <c r="B26" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" t="s">
+        <v>163</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>164</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>165</v>
+      </c>
+      <c r="H26" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>45</v>
+      </c>
+      <c r="B27" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" t="s">
+        <v>168</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>169</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>170</v>
+      </c>
+      <c r="H27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>45</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>173</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>174</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>175</v>
+      </c>
+      <c r="H28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>179</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>180</v>
+      </c>
+      <c r="H29" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>183</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>184</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>185</v>
+      </c>
+      <c r="H30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>45</v>
+      </c>
+      <c r="B31" t="s">
+        <v>93</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>187</v>
+      </c>
+      <c r="E31" t="s">
+        <v>188</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>189</v>
+      </c>
+      <c r="H31" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" t="s">
+        <v>192</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>193</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>194</v>
+      </c>
+      <c r="H32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>45</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>197</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>198</v>
+      </c>
+      <c r="H33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>45</v>
+      </c>
+      <c r="B34" t="s">
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>201</v>
+      </c>
+      <c r="D34" t="s">
+        <v>202</v>
+      </c>
+      <c r="E34" t="s">
+        <v>203</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>204</v>
+      </c>
+      <c r="H34" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>45</v>
+      </c>
+      <c r="B35" t="s">
+        <v>206</v>
+      </c>
+      <c r="C35" t="s">
+        <v>207</v>
+      </c>
+      <c r="D35" t="s">
+        <v>208</v>
+      </c>
+      <c r="E35" t="s">
+        <v>209</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>210</v>
+      </c>
+      <c r="H35" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" t="s">
+        <v>212</v>
+      </c>
+      <c r="C36" t="s">
+        <v>213</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>214</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>215</v>
+      </c>
+      <c r="H36" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>45</v>
+      </c>
+      <c r="B37" t="s">
+        <v>217</v>
+      </c>
+      <c r="C37" t="s">
+        <v>218</v>
+      </c>
+      <c r="D37" t="s">
+        <v>219</v>
+      </c>
+      <c r="E37" t="s">
+        <v>220</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>221</v>
+      </c>
+      <c r="H37" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>45</v>
+      </c>
+      <c r="B38" t="s">
+        <v>223</v>
+      </c>
+      <c r="C38" t="s">
+        <v>224</v>
+      </c>
+      <c r="D38" t="s">
+        <v>225</v>
+      </c>
+      <c r="E38" t="s">
+        <v>226</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>227</v>
+      </c>
+      <c r="H38" t="s">
+        <v>228</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>230</v>
+      </c>
+      <c r="B2" t="s">
+        <v>231</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>233</v>
+      </c>
+      <c r="H2" t="s">
+        <v>234</v>
+      </c>
+      <c r="I2" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>238</v>
+      </c>
+      <c r="H3" t="s">
+        <v>239</v>
+      </c>
+      <c r="I3" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>230</v>
+      </c>
+      <c r="B4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>241</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>242</v>
+      </c>
+      <c r="H4" t="s">
+        <v>243</v>
+      </c>
+      <c r="I4" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B5" t="s">
+        <v>244</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>246</v>
+      </c>
+      <c r="H5" t="s">
+        <v>247</v>
+      </c>
+      <c r="I5" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>230</v>
+      </c>
+      <c r="B6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>249</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>250</v>
+      </c>
+      <c r="H6" t="s">
+        <v>251</v>
+      </c>
+      <c r="I6" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>230</v>
+      </c>
+      <c r="B7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>253</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>254</v>
+      </c>
+      <c r="H7" t="s">
+        <v>255</v>
+      </c>
+      <c r="I7" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>230</v>
+      </c>
+      <c r="B8" t="s">
+        <v>256</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>257</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>258</v>
+      </c>
+      <c r="H8" t="s">
+        <v>259</v>
+      </c>
+      <c r="I8" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>230</v>
+      </c>
+      <c r="B9" t="s">
+        <v>260</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>261</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>262</v>
+      </c>
+      <c r="H9" t="s">
+        <v>263</v>
+      </c>
+      <c r="I9" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>230</v>
+      </c>
+      <c r="B10" t="s">
+        <v>264</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>265</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>266</v>
+      </c>
+      <c r="H10" t="s">
+        <v>267</v>
+      </c>
+      <c r="I10" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>230</v>
+      </c>
+      <c r="B11" t="s">
+        <v>268</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>269</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>270</v>
+      </c>
+      <c r="H11" t="s">
+        <v>271</v>
+      </c>
+      <c r="I11" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>230</v>
+      </c>
+      <c r="B12" t="s">
+        <v>272</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>273</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>274</v>
+      </c>
+      <c r="H12" t="s">
+        <v>275</v>
+      </c>
+      <c r="I12" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>230</v>
+      </c>
+      <c r="B13" t="s">
+        <v>276</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>277</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>278</v>
+      </c>
+      <c r="H13" t="s">
+        <v>279</v>
+      </c>
+      <c r="I13" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>230</v>
+      </c>
+      <c r="B14" t="s">
+        <v>280</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>281</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>282</v>
+      </c>
+      <c r="H14" t="s">
+        <v>283</v>
+      </c>
+      <c r="I14" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>230</v>
+      </c>
+      <c r="B15" t="s">
+        <v>284</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>285</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>286</v>
+      </c>
+      <c r="H15" t="s">
+        <v>287</v>
+      </c>
+      <c r="I15" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>230</v>
+      </c>
+      <c r="B16" t="s">
+        <v>288</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>289</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>290</v>
+      </c>
+      <c r="H16" t="s">
+        <v>291</v>
+      </c>
+      <c r="I16" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>230</v>
+      </c>
+      <c r="B17" t="s">
+        <v>292</v>
+      </c>
+      <c r="C17" t="s">
+        <v>293</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>294</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>295</v>
+      </c>
+      <c r="H17" t="s">
+        <v>296</v>
+      </c>
+      <c r="I17" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>230</v>
+      </c>
+      <c r="B18" t="s">
+        <v>297</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>298</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>299</v>
+      </c>
+      <c r="H18" t="s">
+        <v>300</v>
+      </c>
+      <c r="I18" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>230</v>
+      </c>
+      <c r="B19" t="s">
+        <v>301</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>302</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>303</v>
+      </c>
+      <c r="H19" t="s">
+        <v>304</v>
+      </c>
+      <c r="I19" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>230</v>
+      </c>
+      <c r="B20" t="s">
+        <v>305</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>306</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>307</v>
+      </c>
+      <c r="H20" t="s">
+        <v>308</v>
+      </c>
+      <c r="I20" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>230</v>
+      </c>
+      <c r="B21" t="s">
+        <v>309</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>310</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>311</v>
+      </c>
+      <c r="H21" t="s">
+        <v>312</v>
+      </c>
+      <c r="I21" t="s">
+        <v>235</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B2" t="s">
+        <v>314</v>
+      </c>
+      <c r="C2" t="s">
+        <v>315</v>
+      </c>
+      <c r="D2" t="s">
+        <v>316</v>
+      </c>
+      <c r="E2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>318</v>
+      </c>
+      <c r="H2" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C3" t="s">
+        <v>321</v>
+      </c>
+      <c r="D3" t="s">
+        <v>322</v>
+      </c>
+      <c r="E3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>324</v>
+      </c>
+      <c r="H3" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B4" t="s">
+        <v>326</v>
+      </c>
+      <c r="C4" t="s">
+        <v>327</v>
+      </c>
+      <c r="D4" t="s">
+        <v>328</v>
+      </c>
+      <c r="E4" t="s">
+        <v>329</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>330</v>
+      </c>
+      <c r="H4" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>313</v>
+      </c>
+      <c r="B5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C5" t="s">
+        <v>333</v>
+      </c>
+      <c r="D5" t="s">
+        <v>334</v>
+      </c>
+      <c r="E5" t="s">
+        <v>335</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>336</v>
+      </c>
+      <c r="H5" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>313</v>
+      </c>
+      <c r="B6" t="s">
+        <v>338</v>
+      </c>
+      <c r="C6" t="s">
+        <v>339</v>
+      </c>
+      <c r="D6" t="s">
+        <v>340</v>
+      </c>
+      <c r="E6" t="s">
+        <v>341</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>342</v>
+      </c>
+      <c r="H6" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>313</v>
+      </c>
+      <c r="B7" t="s">
+        <v>344</v>
+      </c>
+      <c r="C7" t="s">
+        <v>345</v>
+      </c>
+      <c r="D7" t="s">
+        <v>346</v>
+      </c>
+      <c r="E7" t="s">
+        <v>347</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>348</v>
+      </c>
+      <c r="H7" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>313</v>
+      </c>
+      <c r="B8" t="s">
+        <v>350</v>
+      </c>
+      <c r="C8" t="s">
+        <v>351</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>352</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>353</v>
+      </c>
+      <c r="H8" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>313</v>
+      </c>
+      <c r="B9" t="s">
+        <v>355</v>
+      </c>
+      <c r="C9" t="s">
+        <v>356</v>
+      </c>
+      <c r="D9" t="s">
+        <v>357</v>
+      </c>
+      <c r="E9" t="s">
+        <v>358</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>359</v>
+      </c>
+      <c r="H9" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>313</v>
+      </c>
+      <c r="B10" t="s">
+        <v>361</v>
+      </c>
+      <c r="C10" t="s">
+        <v>362</v>
+      </c>
+      <c r="D10" t="s">
+        <v>363</v>
+      </c>
+      <c r="E10" t="s">
+        <v>364</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>365</v>
+      </c>
+      <c r="H10" t="s">
+        <v>366</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>367</v>
+      </c>
+      <c r="B2" t="s">
+        <v>368</v>
+      </c>
+      <c r="C2" t="s">
+        <v>369</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>370</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>371</v>
+      </c>
+      <c r="H2" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C3" t="s">
+        <v>374</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>376</v>
+      </c>
+      <c r="H3" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>367</v>
+      </c>
+      <c r="B4" t="s">
+        <v>378</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>379</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>380</v>
+      </c>
+      <c r="H4" t="s">
+        <v>381</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>382</v>
+      </c>
+      <c r="B2" t="s">
+        <v>383</v>
+      </c>
+      <c r="C2" t="s">
+        <v>384</v>
+      </c>
+      <c r="D2" t="s">
+        <v>385</v>
+      </c>
+      <c r="E2" t="s">
+        <v>386</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>387</v>
+      </c>
+      <c r="H2" t="s">
+        <v>388</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>389</v>
+      </c>
+      <c r="B2" t="s">
+        <v>390</v>
+      </c>
+      <c r="C2" t="s">
+        <v>391</v>
+      </c>
+      <c r="D2" t="s">
+        <v>392</v>
+      </c>
+      <c r="E2" t="s">
+        <v>393</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>394</v>
+      </c>
+      <c r="H2" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C3" t="s">
+        <v>397</v>
+      </c>
+      <c r="D3" t="s">
+        <v>398</v>
+      </c>
+      <c r="E3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>400</v>
+      </c>
+      <c r="H3" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>389</v>
+      </c>
+      <c r="B4" t="s">
+        <v>402</v>
+      </c>
+      <c r="C4" t="s">
+        <v>403</v>
+      </c>
+      <c r="D4" t="s">
+        <v>404</v>
+      </c>
+      <c r="E4" t="s">
+        <v>405</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>406</v>
+      </c>
+      <c r="H4" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>389</v>
+      </c>
+      <c r="B5" t="s">
+        <v>408</v>
+      </c>
+      <c r="C5" t="s">
+        <v>409</v>
+      </c>
+      <c r="D5" t="s">
+        <v>410</v>
+      </c>
+      <c r="E5" t="s">
+        <v>411</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>412</v>
+      </c>
+      <c r="H5" t="s">
+        <v>413</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>414</v>
+      </c>
+      <c r="B2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>419</v>
+      </c>
+      <c r="H2" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C3" t="s">
+        <v>422</v>
+      </c>
+      <c r="D3" t="s">
+        <v>423</v>
+      </c>
+      <c r="E3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>425</v>
+      </c>
+      <c r="H3" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>414</v>
+      </c>
+      <c r="B4" t="s">
+        <v>427</v>
+      </c>
+      <c r="C4" t="s">
+        <v>428</v>
+      </c>
+      <c r="D4" t="s">
+        <v>429</v>
+      </c>
+      <c r="E4" t="s">
+        <v>430</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>431</v>
+      </c>
+      <c r="H4" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>414</v>
+      </c>
+      <c r="B5" t="s">
+        <v>433</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>434</v>
+      </c>
+      <c r="E5" t="s">
+        <v>435</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>436</v>
+      </c>
+      <c r="H5" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>414</v>
+      </c>
+      <c r="B6" t="s">
+        <v>438</v>
+      </c>
+      <c r="C6" t="s">
+        <v>439</v>
+      </c>
+      <c r="D6" t="s">
+        <v>440</v>
+      </c>
+      <c r="E6" t="s">
+        <v>441</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>442</v>
+      </c>
+      <c r="H6" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>414</v>
+      </c>
+      <c r="B7" t="s">
+        <v>444</v>
+      </c>
+      <c r="C7" t="s">
+        <v>445</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>446</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>447</v>
+      </c>
+      <c r="H7" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>414</v>
+      </c>
+      <c r="B8" t="s">
+        <v>449</v>
+      </c>
+      <c r="C8" t="s">
+        <v>450</v>
+      </c>
+      <c r="D8" t="s">
+        <v>451</v>
+      </c>
+      <c r="E8" t="s">
+        <v>452</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>453</v>
+      </c>
+      <c r="H8" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>414</v>
+      </c>
+      <c r="B9" t="s">
+        <v>455</v>
+      </c>
+      <c r="C9" t="s">
+        <v>456</v>
+      </c>
+      <c r="D9" t="s">
+        <v>457</v>
+      </c>
+      <c r="E9" t="s">
+        <v>458</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>459</v>
+      </c>
+      <c r="H9" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>414</v>
+      </c>
+      <c r="B10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C10" t="s">
+        <v>462</v>
+      </c>
+      <c r="D10" t="s">
+        <v>463</v>
+      </c>
+      <c r="E10" t="s">
+        <v>464</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>465</v>
+      </c>
+      <c r="H10" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>414</v>
+      </c>
+      <c r="B11" t="s">
+        <v>467</v>
+      </c>
+      <c r="C11" t="s">
+        <v>468</v>
+      </c>
+      <c r="D11" t="s">
+        <v>469</v>
+      </c>
+      <c r="E11" t="s">
+        <v>470</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>471</v>
+      </c>
+      <c r="H11" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>414</v>
+      </c>
+      <c r="B12" t="s">
+        <v>473</v>
+      </c>
+      <c r="C12" t="s">
+        <v>474</v>
+      </c>
+      <c r="D12" t="s">
+        <v>475</v>
+      </c>
+      <c r="E12" t="s">
+        <v>476</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>477</v>
+      </c>
+      <c r="H12" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>414</v>
+      </c>
+      <c r="B13" t="s">
+        <v>479</v>
+      </c>
+      <c r="C13" t="s">
+        <v>480</v>
+      </c>
+      <c r="D13" t="s">
+        <v>481</v>
+      </c>
+      <c r="E13" t="s">
+        <v>482</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>483</v>
+      </c>
+      <c r="H13" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>414</v>
+      </c>
+      <c r="B14" t="s">
+        <v>485</v>
+      </c>
+      <c r="C14" t="s">
+        <v>486</v>
+      </c>
+      <c r="D14" t="s">
+        <v>481</v>
+      </c>
+      <c r="E14" t="s">
+        <v>487</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>488</v>
+      </c>
+      <c r="H14" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>414</v>
+      </c>
+      <c r="B15" t="s">
+        <v>490</v>
+      </c>
+      <c r="C15" t="s">
+        <v>491</v>
+      </c>
+      <c r="D15" t="s">
+        <v>492</v>
+      </c>
+      <c r="E15" t="s">
+        <v>493</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>494</v>
+      </c>
+      <c r="H15" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>414</v>
+      </c>
+      <c r="B16" t="s">
+        <v>496</v>
+      </c>
+      <c r="C16" t="s">
+        <v>497</v>
+      </c>
+      <c r="D16" t="s">
+        <v>498</v>
+      </c>
+      <c r="E16" t="s">
+        <v>499</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>500</v>
+      </c>
+      <c r="H16" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>414</v>
+      </c>
+      <c r="B17" t="s">
+        <v>502</v>
+      </c>
+      <c r="C17" t="s">
+        <v>503</v>
+      </c>
+      <c r="D17" t="s">
+        <v>504</v>
+      </c>
+      <c r="E17" t="s">
+        <v>505</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>506</v>
+      </c>
+      <c r="H17" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>414</v>
+      </c>
+      <c r="B18" t="s">
+        <v>508</v>
+      </c>
+      <c r="C18" t="s">
+        <v>509</v>
+      </c>
+      <c r="D18" t="s">
+        <v>510</v>
+      </c>
+      <c r="E18" t="s">
+        <v>511</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>512</v>
+      </c>
+      <c r="H18" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>414</v>
+      </c>
+      <c r="B19" t="s">
+        <v>514</v>
+      </c>
+      <c r="C19" t="s">
+        <v>515</v>
+      </c>
+      <c r="D19" t="s">
+        <v>516</v>
+      </c>
+      <c r="E19" t="s">
+        <v>517</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>518</v>
+      </c>
+      <c r="H19" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>414</v>
+      </c>
+      <c r="B20" t="s">
+        <v>520</v>
+      </c>
+      <c r="C20" t="s">
+        <v>521</v>
+      </c>
+      <c r="D20" t="s">
+        <v>522</v>
+      </c>
+      <c r="E20" t="s">
+        <v>523</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>524</v>
+      </c>
+      <c r="H20" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>414</v>
+      </c>
+      <c r="B21" t="s">
+        <v>526</v>
+      </c>
+      <c r="C21" t="s">
+        <v>527</v>
+      </c>
+      <c r="D21" t="s">
+        <v>528</v>
+      </c>
+      <c r="E21" t="s">
+        <v>529</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>530</v>
+      </c>
+      <c r="H21" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>414</v>
+      </c>
+      <c r="B22" t="s">
+        <v>532</v>
+      </c>
+      <c r="C22" t="s">
+        <v>533</v>
+      </c>
+      <c r="D22" t="s">
+        <v>534</v>
+      </c>
+      <c r="E22" t="s">
+        <v>535</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>536</v>
+      </c>
+      <c r="H22" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>414</v>
+      </c>
+      <c r="B23" t="s">
+        <v>538</v>
+      </c>
+      <c r="C23" t="s">
+        <v>539</v>
+      </c>
+      <c r="D23" t="s">
+        <v>540</v>
+      </c>
+      <c r="E23" t="s">
+        <v>540</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>541</v>
+      </c>
+      <c r="H23" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>414</v>
+      </c>
+      <c r="B24" t="s">
+        <v>543</v>
+      </c>
+      <c r="C24" t="s">
+        <v>544</v>
+      </c>
+      <c r="D24" t="s">
+        <v>545</v>
+      </c>
+      <c r="E24" t="s">
+        <v>545</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>546</v>
+      </c>
+      <c r="H24" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>414</v>
+      </c>
+      <c r="B25" t="s">
+        <v>548</v>
+      </c>
+      <c r="C25" t="s">
+        <v>549</v>
+      </c>
+      <c r="D25" t="s">
+        <v>550</v>
+      </c>
+      <c r="E25" t="s">
+        <v>551</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>552</v>
+      </c>
+      <c r="H25" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>414</v>
+      </c>
+      <c r="B26" t="s">
+        <v>554</v>
+      </c>
+      <c r="C26" t="s">
+        <v>555</v>
+      </c>
+      <c r="D26" t="s">
+        <v>556</v>
+      </c>
+      <c r="E26" t="s">
+        <v>557</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>558</v>
+      </c>
+      <c r="H26" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>414</v>
+      </c>
+      <c r="B27" t="s">
+        <v>560</v>
+      </c>
+      <c r="C27" t="s">
+        <v>561</v>
+      </c>
+      <c r="D27" t="s">
+        <v>562</v>
+      </c>
+      <c r="E27" t="s">
+        <v>563</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>564</v>
+      </c>
+      <c r="H27" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>414</v>
+      </c>
+      <c r="B28" t="s">
+        <v>566</v>
+      </c>
+      <c r="C28" t="s">
+        <v>567</v>
+      </c>
+      <c r="D28" t="s">
+        <v>568</v>
+      </c>
+      <c r="E28" t="s">
+        <v>569</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>570</v>
+      </c>
+      <c r="H28" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>414</v>
+      </c>
+      <c r="B29" t="s">
+        <v>572</v>
+      </c>
+      <c r="C29" t="s">
+        <v>573</v>
+      </c>
+      <c r="D29" t="s">
+        <v>574</v>
+      </c>
+      <c r="E29" t="s">
+        <v>575</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>576</v>
+      </c>
+      <c r="H29" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>414</v>
+      </c>
+      <c r="B30" t="s">
+        <v>578</v>
+      </c>
+      <c r="C30" t="s">
+        <v>579</v>
+      </c>
+      <c r="D30" t="s">
+        <v>580</v>
+      </c>
+      <c r="E30" t="s">
+        <v>581</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>582</v>
+      </c>
+      <c r="H30" t="s">
+        <v>583</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>