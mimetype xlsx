--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,5767 +1,823 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="655">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>EPISIL</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/01/2019 00:00:00</t>
-[...80 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
-[...350 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...482 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
+    <t>Assessment of spinal cord stimulation - March 2014</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of spinal cord stimulation to support reimbursement decision by the French National Insurance Funds (FNIF). Systematic literature review was performed. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committee for validation.</t>
+  </si>
+  <si>
+    <t>03/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/27/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
   </si>
   <si>
     <t>c_1351767</t>
   </si>
   <si>
-    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
-[...599 lines deleted...]
-    <t>c_2582471</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
-  </si>
-[...28 lines deleted...]
-    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>35</v>
-      </c>
-[...217 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>604</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>625</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>626</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>627</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>628</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>629</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>604</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>630</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>631</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>632</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>633</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>634</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>604</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>635</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>636</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>637</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>638</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>639</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>604</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>640</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>641</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>642</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>643</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>644</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>604</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>645</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>646</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>647</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>648</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>649</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>604</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>650</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>651</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>652</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>653</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>654</v>
-[...216 lines deleted...]
-      <c r="B3" t="s">
         <v>70</v>
-      </c>
-[...224 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>124</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="H12" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>131</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>132</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>134</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
-        <v>136</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="E14" t="s">
-        <v>137</v>
+        <v>86</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>138</v>
+        <v>87</v>
       </c>
       <c r="H14" t="s">
-        <v>139</v>
+        <v>88</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="B15" t="s">
-        <v>140</v>
+        <v>90</v>
       </c>
       <c r="C15" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>143</v>
+        <v>92</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>144</v>
+        <v>93</v>
       </c>
       <c r="H15" t="s">
-        <v>145</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="B16" t="s">
-        <v>146</v>
+        <v>95</v>
       </c>
       <c r="C16" t="s">
-        <v>147</v>
+        <v>96</v>
       </c>
       <c r="D16" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>150</v>
+        <v>98</v>
       </c>
       <c r="H16" t="s">
-        <v>151</v>
-[...2564 lines deleted...]
-        <v>596</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>