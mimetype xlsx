--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,242 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...5 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
-  </si>
-[...82 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -261,253 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...214 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>