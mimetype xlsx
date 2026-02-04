--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,578 +9,191 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>07/02/2024 08:36:06</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Syndrome Prader Willi</t>
-[...119 lines deleted...]
-    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>17/12/2024 11:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Fièvre Méditerranéenne Familiale</t>
-[...218 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
-  </si>
-[...34 lines deleted...]
-    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -596,691 +209,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
-[...15 lines deleted...]
-      <c r="E5" t="s">
         <v>29</v>
-      </c>
-[...579 lines deleted...]
-        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>