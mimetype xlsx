--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,149 +9,272 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +288,251 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>