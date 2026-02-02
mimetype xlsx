--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,116 +9,98 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>01/09/2007 00:00:00</t>
   </si>
   <si>
     <t>01/08/2008 16:05:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
   </si>
   <si>
     <t>c_606530</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
   <si>
     <t>c_607182</t>
   </si>
   <si>
     <t>Prise en charge des infections cutanées bactériennes courantes</t>
   </si>
   <si>
     <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
   </si>
@@ -161,51 +143,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,119 +203,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...24 lines deleted...]
-        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>