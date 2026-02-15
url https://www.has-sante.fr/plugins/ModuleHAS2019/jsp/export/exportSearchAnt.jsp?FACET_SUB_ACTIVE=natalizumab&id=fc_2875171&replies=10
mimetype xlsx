--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,273 +1,967 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="88">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint du sclérose en plaque. Il a été élaboré par le centre de référence des maladies inflammatoires rares du cerveau et de la moelle - Membre de la Filière de Santé Maladies Rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656983/fr/sclerose-en-plaque-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2656983</t>
+  </si>
+  <si>
+    <t>ALD n° 25 - Sclérose en plaques</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>02/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2016 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460315/fr/ald-n-25-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_460315</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
+  </si>
+  <si>
+    <t>Quatre immunosuppresseurs peuvent être utilisés en France dans la sclérose en plaques récurrente (SEP-R) très active associée ou non à une progression du handicap : le natalizumab (TYSABRI), le fingolimod (GILENYA), l’ocrelizumab (OCREVUS) et la mitoxantrone (ELSEP – NOVANTRONE et génériques). Ces spécialités font toutes l’objet d’un plan de gestion des risques.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067012/fr/medicaments-utilises-dans-les-formes-tres-actives-de-sclerose-en-plaques-recurrente</t>
+  </si>
+  <si>
+    <t>p_3067012</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 avril 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745322/fr/ceesp-reunion-du-15-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1745322</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2012</t>
+  </si>
+  <si>
+    <t>15/02/2012 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216128/fr/commission-de-la-transparence-reunion-du-15-fevrier-2012</t>
+  </si>
+  <si>
+    <t>c_1216128</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TYSABRI (natalizumab)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
+    <t>07/08/2025 11:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983073/fr/tysabri-natalizumab</t>
   </si>
   <si>
     <t>pprd_2983073</t>
   </si>
   <si>
     <t>natalizumab</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639811/en/tysabri-natalizumab-sclerose-en-plaques</t>
+    <t>https://www.has-sante.fr/jcms/c_490369/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234483/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780899/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877334/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287332/fr/tysabri-150-mg-natalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608834/fr/tysabri-natalizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639811/fr/tysabri-natalizumab-sclerose-en-plaques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+      <c r="I4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+      <c r="I6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>71</v>
+      </c>
+      <c r="J1" t="s">
+        <v>72</v>
+      </c>
+      <c r="K1" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+      <c r="I2" t="s">
+        <v>79</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>