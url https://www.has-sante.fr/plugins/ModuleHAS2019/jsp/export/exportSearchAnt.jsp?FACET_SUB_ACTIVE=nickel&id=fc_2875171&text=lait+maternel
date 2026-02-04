--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,68 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
-    <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -120,50 +123,71 @@
     <t>16/02/2022 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
   </si>
   <si>
     <t>p_3165810</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Épidermolyses bulleuses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
   </si>
   <si>
     <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>CNEDIMTS du 26 avril 2022</t>
   </si>
   <si>
     <t>22/04/2022 14:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
   </si>
   <si>
     <t>p_3333108</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
@@ -225,51 +249,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -414,199 +438,265 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>32</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D2" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>