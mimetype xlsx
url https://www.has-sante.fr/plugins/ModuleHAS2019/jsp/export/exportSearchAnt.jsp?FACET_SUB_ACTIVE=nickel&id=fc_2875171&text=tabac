--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,251 +1,958 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/15/2012 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ZEPHYR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2024 10:00:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531469/fr/zephyr</t>
+  </si>
+  <si>
+    <t>p_3531469</t>
+  </si>
+  <si>
+    <t>Système de valves endobronchiques</t>
+  </si>
+  <si>
+    <t>PULMONX INTERNATIONAL SARL (Suisse)</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'OCCLUSION POUR FOP COCOON</t>
+  </si>
+  <si>
+    <t>11/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455702/fr/dispositif-d-occlusion-pour-fop-cocoon</t>
+  </si>
+  <si>
+    <t>p_3455702</t>
+  </si>
+  <si>
+    <t>Implant de fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>SMT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>STENTYS BMS dit STENTYS Self-Apposing</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713060/fr/stentys-bms-dit-stentys-self-apposing</t>
+  </si>
+  <si>
+    <t>c_1713060</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Grossesse et tabac</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
+  </si>
+  <si>
+    <t>30/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>75</v>
+      </c>
+      <c r="H6" t="s">
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>