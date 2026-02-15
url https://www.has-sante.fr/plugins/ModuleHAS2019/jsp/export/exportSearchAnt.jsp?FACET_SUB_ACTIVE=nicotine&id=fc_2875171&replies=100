--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,1156 +1,307 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Web page" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="63">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>20/03/2012 10:21:00</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>PARADIGM VEO system - 21 december 2010 (2711) - Opinion</t>
+  </si>
+  <si>
+    <t>Insulin pump and continuous interstitial glucose monitoring device</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
-    <t>GUARDIAN RT</t>
-[...458 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Prise en charge des consommateurs de cocaïne</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Modalités de l’accompagnement du sujet alcoolodépendant après un sevrage</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Avis et décisions de la HAS</t>
-[...242 lines deleted...]
-    <t>p_3148608</t>
+    <t>Web page</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1176,1938 +327,345 @@
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="3">
-[...30 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...625 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
         <v>42</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
         <v>48</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
         <v>53</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>54</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>55</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>56</v>
       </c>
-      <c r="H2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
         <v>59</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
         <v>60</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>61</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>62</v>
-      </c>
-[...938 lines deleted...]
-        <v>231</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>