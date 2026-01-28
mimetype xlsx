--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,100 +9,118 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
   </si>
   <si>
     <t>10/12/2014 00:00:00</t>
   </si>
   <si>
     <t>12/02/2015 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
   </si>
   <si>
     <t>c_1362146</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>Grossesse et tabac</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de préciser les risques, pour la mère et pour l’enfant, du tabagisme maternel et de celui de l’entourage, avant, pendant et au cours de la grossesse, et d'indiquer la conduite à tenir pour aider les futures mères à arrêter de fumer.</t>
   </si>
   <si>
     <t>30/11/2004 00:00:00</t>
@@ -168,53 +186,50 @@
     <t>24/03/2022 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
   </si>
   <si>
     <t>p_3215131</t>
   </si>
   <si>
     <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
   </si>
   <si>
     <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
   </si>
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
   </si>
   <si>
     <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
   </si>
   <si>
     <t>15/10/2014 00:00:00</t>
   </si>
@@ -305,51 +320,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -365,129 +380,129 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
@@ -521,171 +536,197 @@
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>51</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>57</v>
       </c>
       <c r="H9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>59</v>
       </c>
       <c r="C10" t="s">
         <v>60</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>61</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>62</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
         <v>65</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>73</v>
       </c>
       <c r="H12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>76</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>77</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>78</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
         <v>80</v>
       </c>
-      <c r="H13" t="s">
+      <c r="B14" t="s">
         <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>