--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,119 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
   </si>
   <si>
     <t>10/12/2014 00:00:00</t>
   </si>
   <si>
     <t>12/02/2015 10:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
   </si>
   <si>
     <t>c_1362146</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Narcolepsie de type 1 et 2</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
   </si>
   <si>
     <t>p_3293050</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
@@ -158,179 +173,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>