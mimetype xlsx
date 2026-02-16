--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,98 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
-  </si>
-[...1 lines deleted...]
-    <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
   </si>
   <si>
     <t>10/12/2014 00:00:00</t>
   </si>
   <si>
     <t>12/02/2015 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
   </si>
   <si>
     <t>c_1362146</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
@@ -173,205 +191,231 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>