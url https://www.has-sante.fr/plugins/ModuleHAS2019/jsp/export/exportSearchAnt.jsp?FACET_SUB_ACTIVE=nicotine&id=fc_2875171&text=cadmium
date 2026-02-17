--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -9,188 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>15/06/2012 00:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272381/fr/grossesse-et-tabac</t>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
   </si>
   <si>
     <t>c_272381</t>
-  </si>
-[...37 lines deleted...]
-    <t>c_2635050</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -204,95 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>