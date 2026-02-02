--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="603" uniqueCount="365">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -213,50 +213,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Dysplasie broncho-pulmonaire</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2023 12:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
   </si>
   <si>
     <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Narcolepsie de type 1 et 2</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
   </si>
   <si>
     <t>p_3293050</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
   </si>
@@ -1278,725 +1293,725 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="E2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H2" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B3" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C3" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D3" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E3" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B4" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C4" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H4" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B2" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="D2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="J1" t="s">
         <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="I2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="J2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="K2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="L2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="M2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="N2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="H3" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="I3" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="J3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="K3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="L3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="M3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="N3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="O3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="P3" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="Q3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="R3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="S3" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B4" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H4" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="I4" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="J4" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="K4" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="L4" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="M4" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="N4" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="O4" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B5" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="H5" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="I5" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="J5" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="K5" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="L5" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="M5" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="N5" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="O5" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B6" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="H6" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="I6" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="J6" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="K6" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="L6" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="M6" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="N6" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="O6" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="P6" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="Q6" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="H2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B3" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C3" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="H3" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B4" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C4" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="H4" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B5" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C5" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="H5" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2073,51 +2088,51 @@
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>30</v>
       </c>
       <c r="H3" t="s">
         <v>31</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2298,1032 +2313,1058 @@
       </c>
       <c r="E8" t="s">
         <v>67</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>68</v>
       </c>
       <c r="H8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>71</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>72</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>73</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>74</v>
       </c>
-      <c r="H9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
         <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="H2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B4" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C4" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="D4" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="E4" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H4" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B4" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C4" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D4" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E4" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H4" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C5" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E5" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H5" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="E2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="H2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E4" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H4" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B5" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E5" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B6" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C6" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D6" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E6" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="H6" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B7" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C7" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D7" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E7" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="H7" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B8" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C8" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D8" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E8" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="H8" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B9" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C9" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D9" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="E9" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="H9" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B10" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C10" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D10" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E10" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="H10" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B11" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C11" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H11" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B12" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C12" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D12" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E12" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="H12" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B13" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C13" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="D13" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E13" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H13" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B14" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C14" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D14" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="E14" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="H14" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B15" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C15" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="D15" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E15" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="H15" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B16" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C16" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="D16" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="E16" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H16" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B17" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C17" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D17" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E17" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="H17" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C18" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D18" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="E18" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H18" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>